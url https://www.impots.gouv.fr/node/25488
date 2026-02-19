--- v0 (2025-12-05)
+++ v1 (2026-02-19)
@@ -1,84 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27932"/>
   <workbookPr codeName="ThisWorkbook"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dwarkah\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\fipro\2026\2026_0032\Travail\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{768466F5-C29A-4A8D-96AA-452159C01D80}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="10575" tabRatio="557" firstSheet="1" activeTab="8"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="557" activeTab="9" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="a2015" sheetId="34" r:id="rId1"/>
     <sheet name="a2016" sheetId="35" r:id="rId2"/>
     <sheet name="a2017" sheetId="36" r:id="rId3"/>
     <sheet name="a2018" sheetId="37" r:id="rId4"/>
     <sheet name="a2019" sheetId="38" r:id="rId5"/>
     <sheet name="a2020" sheetId="43" r:id="rId6"/>
     <sheet name="a2021" sheetId="44" r:id="rId7"/>
     <sheet name="a2022" sheetId="45" r:id="rId8"/>
     <sheet name="a2023" sheetId="46" r:id="rId9"/>
+    <sheet name="a2024" sheetId="47" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="affaires" localSheetId="0">#REF!</definedName>
     <definedName name="affaires" localSheetId="1">#REF!</definedName>
     <definedName name="affaires" localSheetId="2">#REF!</definedName>
     <definedName name="affaires" localSheetId="3">#REF!</definedName>
     <definedName name="affaires" localSheetId="4">#REF!</definedName>
     <definedName name="affaires" localSheetId="5">#REF!</definedName>
     <definedName name="affaires" localSheetId="6">#REF!</definedName>
     <definedName name="affaires">#REF!</definedName>
     <definedName name="HTML_CodePage" hidden="1">1252</definedName>
     <definedName name="HTML_Control" localSheetId="0" hidden="1">{"'ENVOI TAB48'!$A$10:$H$44"}</definedName>
     <definedName name="HTML_Control" localSheetId="1" hidden="1">{"'ENVOI TAB48'!$A$10:$H$44"}</definedName>
     <definedName name="HTML_Control" localSheetId="2" hidden="1">{"'ENVOI TAB48'!$A$10:$H$44"}</definedName>
     <definedName name="HTML_Control" localSheetId="3" hidden="1">{"'ENVOI TAB48'!$A$10:$H$44"}</definedName>
     <definedName name="HTML_Control" localSheetId="4" hidden="1">{"'ENVOI TAB48'!$A$10:$H$44"}</definedName>
     <definedName name="HTML_Control" localSheetId="5" hidden="1">{"'ENVOI TAB48'!$A$10:$H$44"}</definedName>
     <definedName name="HTML_Control" localSheetId="6" hidden="1">{"'ENVOI TAB48'!$A$10:$H$44"}</definedName>
     <definedName name="HTML_Control" hidden="1">{"'ENVOI TAB48'!$A$10:$H$44"}</definedName>
     <definedName name="HTML_Description" hidden="1">""</definedName>
     <definedName name="HTML_Email" hidden="1">""</definedName>
     <definedName name="HTML_Header" hidden="1">"Tableau 54"</definedName>
     <definedName name="HTML_LastUpdate" hidden="1">"29/04/2003"</definedName>
     <definedName name="HTML_LineAfter" hidden="1">FALSE</definedName>
     <definedName name="HTML_LineBefore" hidden="1">FALSE</definedName>
@@ -90,56 +94,72 @@
     <definedName name="HTML_Title" hidden="1">"Annuaire statistique 2002 - Le Cadastre - Tableau 54"</definedName>
     <definedName name="part1" localSheetId="0">#REF!</definedName>
     <definedName name="part1" localSheetId="1">#REF!</definedName>
     <definedName name="part1" localSheetId="2">#REF!</definedName>
     <definedName name="part1" localSheetId="3">#REF!</definedName>
     <definedName name="part1" localSheetId="4">#REF!</definedName>
     <definedName name="part1" localSheetId="5">#REF!</definedName>
     <definedName name="part1" localSheetId="6">#REF!</definedName>
     <definedName name="part1">#REF!</definedName>
     <definedName name="part2" localSheetId="0">#REF!</definedName>
     <definedName name="part2" localSheetId="1">#REF!</definedName>
     <definedName name="part2" localSheetId="2">#REF!</definedName>
     <definedName name="part2" localSheetId="3">#REF!</definedName>
     <definedName name="part2" localSheetId="4">#REF!</definedName>
     <definedName name="part2" localSheetId="5">#REF!</definedName>
     <definedName name="part2" localSheetId="6">#REF!</definedName>
     <definedName name="part2">#REF!</definedName>
     <definedName name="v">#REF!</definedName>
     <definedName name="x">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'a2015'!$A$1:$S$17</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'a2016'!$A$1:$S$17</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="2">'a2017'!$A$1:$S$17</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="3">'a2018'!$A$1:$P$17</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="4">'a2019'!$A$1:$P$17</definedName>
   </definedNames>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="636" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="716" uniqueCount="34">
   <si>
     <t>AZ - Agriculture, sylviculture et pêche</t>
   </si>
   <si>
     <t>BE - Industrie manufacturière, industries extractives et autres</t>
   </si>
   <si>
     <t>FZ - Construction</t>
   </si>
   <si>
     <t>GI - Commerce de gros et de détail, transports, hébergement et restauration</t>
   </si>
   <si>
     <t>JZ - Information et communication</t>
   </si>
   <si>
     <t>KZ - Activités financières et d'assurance</t>
   </si>
   <si>
     <t>LZ - Activités immobilières</t>
   </si>
   <si>
     <t>MN - Activités spécialisées, scientifiques et techniques et activitésde services administratifs et de soutien</t>
   </si>
   <si>
@@ -183,75 +203,72 @@
   <si>
     <t>n.c.</t>
   </si>
   <si>
     <t>1ère majoration de 4,25 %</t>
   </si>
   <si>
     <t xml:space="preserve">2ème majoration de 9,35 % </t>
   </si>
   <si>
     <t xml:space="preserve">3ème majoration de 15,75 % </t>
   </si>
   <si>
     <t>Nombre de déclarants</t>
   </si>
   <si>
     <t>Nombre de redevables (2)</t>
   </si>
   <si>
     <t>Montant de la taxe nette (3)</t>
   </si>
   <si>
     <t>Montant de la taxe brute</t>
   </si>
   <si>
-    <t>Source : Ministère de l’Économie, des finances et de la souveraineté industrielle et numérique - DGFIP</t>
-[...1 lines deleted...]
-  <si>
     <t>(3) Montant de la taxe nette avant imputation des acomptes et excédents. Cela correspond à la somme des montants de la taxe brute par taux après application du pourcentage d'imposition et, le cas échéant, de mesures d'allègement (franchise, décote, abattement). Le montant total de la taxe nette diffère donc de la somme des montants de taxe brute de chaque taux.</t>
   </si>
   <si>
     <t>(2) Un redevable est un déclarant ayant une taxe nette à payer après application des mesures d'allègement (franchise, décote, abattement).</t>
   </si>
   <si>
     <t>(1) Données d’impôt déclaré au titre des salaires versés au cours de l’année indiquée. Les montants de taxe nette peuvent différer de ceux qui apparaissent au budgétaire du fait notamment des modalités de recouvrement de la taxe. Les secteurs d'activité sont déterminés à partir du répertoire Sirus.</t>
   </si>
   <si>
     <t>n.c. : cellule couverte par le secret fiscal</t>
   </si>
   <si>
     <t>n.c</t>
   </si>
   <si>
-    <t>Source : Ministère de l’Économie, des Finances et de la Souveraineté industrielle et numérique - DGFIP</t>
+    <t>Source : Ministère de l’Économie, des finances et de la souveraineté industrielle, énergétique et numérique - DGFIP</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_-* #,##0.00\ _F_-;\-* #,##0.00\ _F_-;_-* &quot;-&quot;??\ _F_-;_-@_-"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -276,56 +293,62 @@
       <family val="3"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Marianne Light"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Marianne Light"/>
       <family val="3"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Marianne Light"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Marianne Light"/>
       <family val="3"/>
     </font>
   </fonts>
-  <fills count="2">
+  <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
     </fill>
   </fills>
   <borders count="19">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
@@ -503,51 +526,51 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="105">
+  <cellXfs count="163">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
@@ -634,51 +657,50 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="6" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="6" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
@@ -744,78 +766,213 @@
     <xf numFmtId="165" fontId="6" fillId="0" borderId="14" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="9" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="16" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="6" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="9" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="7" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="13" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="17" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="15" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="18" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="3" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="6" fillId="2" borderId="8" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="0" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="2" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="6" fillId="2" borderId="2" xfId="6" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="165" fontId="9" fillId="2" borderId="1" xfId="3" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="165" fontId="5" fillId="2" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="6" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="4" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="6" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="13" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="17" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="15" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="14" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="13" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="14" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="12" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -864,95 +1021,165 @@
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="13" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="14" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="13" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="17" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="15" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="14" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="9" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="12" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Lien hypertexte" xfId="1" builtinId="8"/>
-    <cellStyle name="Milliers 2" xfId="2"/>
+    <cellStyle name="Milliers 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="6"/>
-[...2 lines deleted...]
-    <cellStyle name="Normal_TB34ETB" xfId="5"/>
+    <cellStyle name="Normal 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Normal_TAB29RA" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Normal_TB08" xfId="4" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="Normal_TB34ETB" xfId="5" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333374</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>904874</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>990600</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="" fLocksText="0">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2" name="Texte 1"/>
+        <xdr:cNvPr id="2" name="Texte 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="333374" y="171450"/>
           <a:ext cx="28360688" cy="819150"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="8"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
@@ -1090,68 +1317,288 @@
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Arial"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Arial"/>
             </a:rPr>
             <a:t>ANNEE 2015 (1)</a:t>
           </a:r>
           <a:endParaRPr lang="fr-FR" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
             <a:solidFill>
               <a:srgbClr val="000080"/>
             </a:solidFill>
             <a:latin typeface="Arial"/>
             <a:cs typeface="Arial"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>333374</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>18</xdr:col>
+      <xdr:colOff>964406</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>990600</xdr:rowOff>
+    </xdr:to>
+    <xdr:sp macro="" textlink="" fLocksText="0">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="2" name="Texte 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{664AD37C-CE66-4E47-95C5-52C2B0312545}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr>
+          <a:spLocks noChangeArrowheads="1"/>
+        </xdr:cNvSpPr>
+      </xdr:nvSpPr>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="333374" y="171450"/>
+          <a:ext cx="25348407" cy="819150"/>
+        </a:xfrm>
+        <a:prstGeom prst="roundRect">
+          <a:avLst>
+            <a:gd name="adj" fmla="val 16667"/>
+          </a:avLst>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln w="9525">
+          <a:solidFill>
+            <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="8"/>
+          </a:solidFill>
+          <a:round/>
+          <a:headEnd/>
+          <a:tailEnd/>
+        </a:ln>
+        <a:effectLst>
+          <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
+            <a:srgbClr val="000000"/>
+          </a:outerShdw>
+        </a:effectLst>
+        <a:extLst>
+          <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+            <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="1"/>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="22860" rIns="27432" bIns="22860" anchor="ctr" upright="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPts val="1200"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="fr-FR" sz="1000" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000080"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial"/>
+            </a:rPr>
+            <a:t>TAXE SUR LES SALAIRES</a:t>
+          </a:r>
+          <a:br>
+            <a:rPr kumimoji="0" lang="fr-FR" sz="1000" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000080"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial"/>
+            </a:rPr>
+          </a:br>
+          <a:r>
+            <a:rPr kumimoji="0" lang="fr-FR" sz="1000" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000080"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial"/>
+            </a:rPr>
+            <a:t>RÉPARTITION SECTORIELLE DU NOMBRE DE DÉCLARANTS</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="0" lang="fr-FR" sz="1000" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:sysClr val="windowText" lastClr="000000"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial"/>
+            </a:rPr>
+            <a:t>, </a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="0" lang="fr-FR" sz="1000" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000080"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial"/>
+            </a:rPr>
+            <a:t>DU MONTANT DE L'ASSIETTE  ET DE LA TAXE BRUTE EN FONCTION DES TAUX DE TAXATION, DU NOMBRE DE REDEVABLES ET DU MONTANT DE LA TAXE NETTE </a:t>
+          </a:r>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPts val="1200"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr sz="1000"/>
+          </a:pPr>
+          <a:r>
+            <a:rPr kumimoji="0" lang="fr-FR" sz="1000" b="1" i="0" u="none" strike="noStrike" kern="0" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:solidFill>
+                <a:srgbClr val="000080"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:uLnTx/>
+              <a:uFillTx/>
+              <a:latin typeface="Arial"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial"/>
+            </a:rPr>
+            <a:t>ANNÉE 2024 (1)</a:t>
+          </a:r>
+          <a:endParaRPr lang="fr-FR" sz="1000" b="1" i="0" u="none" strike="noStrike" baseline="0">
+            <a:solidFill>
+              <a:srgbClr val="000080"/>
+            </a:solidFill>
+            <a:latin typeface="Arial"/>
+            <a:cs typeface="Arial"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData fLocksWithSheet="0"/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333374</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>976312</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>990600</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="" fLocksText="0">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2" name="Texte 1"/>
+        <xdr:cNvPr id="2" name="Texte 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="333374" y="171450"/>
           <a:ext cx="28360688" cy="819150"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="8"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
@@ -1317,51 +1764,57 @@
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333374</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>952500</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>990600</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="" fLocksText="0">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2" name="Texte 1"/>
+        <xdr:cNvPr id="2" name="Texte 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="333374" y="171450"/>
           <a:ext cx="28420220" cy="819150"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="8"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
@@ -1516,51 +1969,57 @@
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333374</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>964406</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>990600</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="" fLocksText="0">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2" name="Texte 1"/>
+        <xdr:cNvPr id="2" name="Texte 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="333374" y="171450"/>
           <a:ext cx="25348407" cy="819150"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="8"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
@@ -1734,51 +2193,57 @@
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333374</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>928687</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>990600</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="" fLocksText="0">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2" name="Texte 1"/>
+        <xdr:cNvPr id="2" name="Texte 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="333374" y="171450"/>
           <a:ext cx="25312688" cy="819150"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="8"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
@@ -1944,51 +2409,57 @@
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333374</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>904875</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>990600</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="" fLocksText="0">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="3" name="Texte 1"/>
+        <xdr:cNvPr id="3" name="Texte 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000003000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="333374" y="171450"/>
           <a:ext cx="25288876" cy="819150"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:solidFill>
           <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="FFFFFF" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="65"/>
         </a:solidFill>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="8"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
@@ -2154,51 +2625,57 @@
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333374</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>964406</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>990600</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="" fLocksText="0">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2" name="Texte 1"/>
+        <xdr:cNvPr id="2" name="Texte 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0600-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="333374" y="171450"/>
           <a:ext cx="25348407" cy="819150"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="8"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:effectLst>
           <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
@@ -2362,51 +2839,57 @@
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333374</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>964406</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>990600</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="" fLocksText="0">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2" name="Texte 1"/>
+        <xdr:cNvPr id="2" name="Texte 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0700-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="333374" y="171450"/>
           <a:ext cx="25348407" cy="819150"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="8"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:effectLst>
           <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
@@ -2570,51 +3053,57 @@
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fLocksWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>333374</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>171450</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>18</xdr:col>
       <xdr:colOff>964406</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>990600</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="" fLocksText="0">
       <xdr:nvSpPr>
-        <xdr:cNvPr id="2" name="Texte 1"/>
+        <xdr:cNvPr id="2" name="Texte 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0800-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvSpPr>
           <a:spLocks noChangeArrowheads="1"/>
         </xdr:cNvSpPr>
       </xdr:nvSpPr>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="333374" y="171450"/>
           <a:ext cx="25348407" cy="819150"/>
         </a:xfrm>
         <a:prstGeom prst="roundRect">
           <a:avLst>
             <a:gd name="adj" fmla="val 16667"/>
           </a:avLst>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:solidFill>
             <a:srgbClr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="000000" mc:Ignorable="a14" a14:legacySpreadsheetColorIndex="8"/>
           </a:solidFill>
           <a:round/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
         <a:effectLst>
           <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
@@ -3111,91 +3600,95 @@
                 <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                   <a:srgbClr val="808080"/>
                 </a:outerShdw>
               </a:effectLst>
             </a14:hiddenEffects>
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:V20"/>
+  <dimension ref="A1:V21"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3:A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="103.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="18" width="15.7109375" style="3" customWidth="1"/>
     <col min="19" max="19" width="14.7109375" style="3" customWidth="1"/>
     <col min="20" max="22" width="15.7109375" style="3" customWidth="1"/>
     <col min="23" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -3204,171 +3697,171 @@
       <c r="Q1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
     </row>
     <row r="2" spans="1:22" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="5"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="V2" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:22" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="82" t="s">
+      <c r="A3" s="124" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="85" t="s">
+      <c r="B3" s="127" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="86"/>
-[...10 lines deleted...]
-      <c r="N3" s="85" t="s">
+      <c r="C3" s="128"/>
+      <c r="D3" s="128"/>
+      <c r="E3" s="128"/>
+      <c r="F3" s="128"/>
+      <c r="G3" s="128"/>
+      <c r="H3" s="128"/>
+      <c r="I3" s="128"/>
+      <c r="J3" s="128"/>
+      <c r="K3" s="128"/>
+      <c r="L3" s="128"/>
+      <c r="M3" s="129"/>
+      <c r="N3" s="127" t="s">
         <v>12</v>
       </c>
-      <c r="O3" s="86"/>
-[...4 lines deleted...]
-      <c r="T3" s="75" t="s">
+      <c r="O3" s="128"/>
+      <c r="P3" s="128"/>
+      <c r="Q3" s="128"/>
+      <c r="R3" s="128"/>
+      <c r="S3" s="129"/>
+      <c r="T3" s="118" t="s">
         <v>10</v>
       </c>
-      <c r="U3" s="76"/>
-      <c r="V3" s="77"/>
+      <c r="U3" s="119"/>
+      <c r="V3" s="120"/>
     </row>
     <row r="4" spans="1:22" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="83"/>
-      <c r="B4" s="88" t="s">
+      <c r="A4" s="125"/>
+      <c r="B4" s="130" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="89"/>
-[...1 lines deleted...]
-      <c r="E4" s="88" t="s">
+      <c r="C4" s="131"/>
+      <c r="D4" s="132"/>
+      <c r="E4" s="130" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="89"/>
-[...1 lines deleted...]
-      <c r="H4" s="88" t="s">
+      <c r="F4" s="131"/>
+      <c r="G4" s="132"/>
+      <c r="H4" s="130" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="89"/>
-[...1 lines deleted...]
-      <c r="K4" s="88" t="s">
+      <c r="I4" s="131"/>
+      <c r="J4" s="132"/>
+      <c r="K4" s="130" t="s">
         <v>16</v>
       </c>
-      <c r="L4" s="89"/>
-[...1 lines deleted...]
-      <c r="N4" s="84" t="s">
+      <c r="L4" s="131"/>
+      <c r="M4" s="132"/>
+      <c r="N4" s="126" t="s">
         <v>18</v>
       </c>
-      <c r="O4" s="91"/>
-[...1 lines deleted...]
-      <c r="Q4" s="84" t="s">
+      <c r="O4" s="133"/>
+      <c r="P4" s="134"/>
+      <c r="Q4" s="126" t="s">
         <v>19</v>
       </c>
-      <c r="R4" s="91"/>
-[...3 lines deleted...]
-      <c r="V4" s="80"/>
+      <c r="R4" s="133"/>
+      <c r="S4" s="134"/>
+      <c r="T4" s="121"/>
+      <c r="U4" s="122"/>
+      <c r="V4" s="123"/>
     </row>
     <row r="5" spans="1:22" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="84"/>
+      <c r="A5" s="126"/>
       <c r="B5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="50" t="s">
+      <c r="D5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="50" t="s">
+      <c r="G5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="H5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="I5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="J5" s="50" t="s">
+      <c r="J5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="M5" s="50" t="s">
+      <c r="M5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="N5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="50" t="s">
+      <c r="P5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="Q5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="R5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="S5" s="50" t="s">
+      <c r="S5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="T5" s="35" t="s">
         <v>24</v>
       </c>
       <c r="U5" s="36" t="s">
         <v>25</v>
       </c>
       <c r="V5" s="37" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:22" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C6" s="14" t="s">
         <v>20</v>
       </c>
       <c r="D6" s="14" t="s">
         <v>20</v>
       </c>
@@ -4086,176 +4579,1130 @@
         <v>2686</v>
       </c>
       <c r="P16" s="23">
         <v>79.2</v>
       </c>
       <c r="Q16" s="21">
         <v>0.2</v>
       </c>
       <c r="R16" s="22">
         <v>176.2</v>
       </c>
       <c r="S16" s="23">
         <v>4.5</v>
       </c>
       <c r="T16" s="21">
         <v>171.6</v>
       </c>
       <c r="U16" s="22">
         <v>121</v>
       </c>
       <c r="V16" s="23">
         <v>12901.6</v>
       </c>
     </row>
     <row r="17" spans="1:22" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A17" s="7" t="s">
-        <v>28</v>
+      <c r="A17" s="112" t="s">
+        <v>33</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
-      <c r="P17" s="47"/>
+      <c r="P17" s="46"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
-      <c r="S17" s="47"/>
+      <c r="S17" s="46"/>
       <c r="T17" s="8"/>
       <c r="U17" s="8"/>
     </row>
     <row r="18" spans="1:22" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A18" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S18" s="81"/>
+      <c r="A18" s="117" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="117"/>
+      <c r="C18" s="117"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="117"/>
+      <c r="G18" s="117"/>
+      <c r="H18" s="117"/>
+      <c r="I18" s="117"/>
+      <c r="J18" s="117"/>
+      <c r="K18" s="117"/>
+      <c r="L18" s="117"/>
+      <c r="M18" s="117"/>
+      <c r="N18" s="117"/>
+      <c r="O18" s="117"/>
+      <c r="P18" s="117"/>
+      <c r="Q18" s="117"/>
+      <c r="R18" s="117"/>
+      <c r="S18" s="117"/>
     </row>
     <row r="19" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A19" s="39" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B19" s="38"/>
       <c r="C19" s="38"/>
       <c r="D19" s="38"/>
       <c r="E19" s="38"/>
       <c r="F19" s="38"/>
       <c r="G19" s="38"/>
       <c r="H19" s="38"/>
-      <c r="I19" s="47"/>
-[...9 lines deleted...]
-      <c r="S19" s="47"/>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="46"/>
+      <c r="O19" s="46"/>
+      <c r="P19" s="46"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="46"/>
+      <c r="S19" s="46"/>
       <c r="T19" s="9"/>
       <c r="U19" s="9"/>
       <c r="V19" s="9"/>
     </row>
     <row r="20" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A20" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S20" s="47"/>
+      <c r="A20" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="117"/>
+      <c r="C20" s="117"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="117"/>
+      <c r="G20" s="117"/>
+      <c r="H20" s="117"/>
+      <c r="I20" s="117"/>
+      <c r="J20" s="117"/>
+      <c r="K20" s="117"/>
+      <c r="L20" s="117"/>
+      <c r="M20" s="117"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
+    </row>
+    <row r="21" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="A21" s="117" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="117"/>
+      <c r="C21" s="117"/>
+      <c r="D21" s="117"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="117"/>
+      <c r="H21" s="117"/>
+      <c r="I21" s="117"/>
+      <c r="J21" s="117"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
     </row>
   </sheetData>
-  <mergeCells count="12">
+  <mergeCells count="13">
+    <mergeCell ref="A21:M21"/>
     <mergeCell ref="T3:V4"/>
     <mergeCell ref="A20:M20"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:M3"/>
     <mergeCell ref="N3:S3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="A18:S18"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="50" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{580CBD93-8FA1-4955-A26C-FFF9126B38C6}">
+  <dimension ref="A1:S21"/>
+  <sheetViews>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3:A5"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="103.5703125" style="76" bestFit="1" customWidth="1"/>
+    <col min="2" max="19" width="15.7109375" style="76" customWidth="1"/>
+    <col min="20" max="16384" width="11.42578125" style="76"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:19" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="74"/>
+      <c r="B1" s="74"/>
+      <c r="C1" s="74"/>
+      <c r="D1" s="74"/>
+      <c r="E1" s="74"/>
+      <c r="F1" s="74"/>
+      <c r="G1" s="74"/>
+      <c r="H1" s="74"/>
+      <c r="I1" s="75"/>
+      <c r="J1" s="75"/>
+      <c r="K1" s="75"/>
+      <c r="L1" s="75"/>
+      <c r="M1" s="75"/>
+      <c r="N1" s="75"/>
+      <c r="O1" s="75"/>
+      <c r="Q1" s="75"/>
+      <c r="R1" s="75"/>
+    </row>
+    <row r="2" spans="1:19" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="77"/>
+      <c r="B2" s="78"/>
+      <c r="C2" s="78"/>
+      <c r="D2" s="78"/>
+      <c r="E2" s="78"/>
+      <c r="F2" s="78"/>
+      <c r="G2" s="78"/>
+      <c r="H2" s="78"/>
+      <c r="I2" s="79"/>
+      <c r="J2" s="75"/>
+      <c r="K2" s="75"/>
+      <c r="L2" s="75"/>
+      <c r="M2" s="75"/>
+      <c r="O2" s="80"/>
+      <c r="P2" s="80"/>
+      <c r="S2" s="80" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="3" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="148" t="s">
+        <v>14</v>
+      </c>
+      <c r="B3" s="151" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" s="152"/>
+      <c r="D3" s="152"/>
+      <c r="E3" s="152"/>
+      <c r="F3" s="152"/>
+      <c r="G3" s="152"/>
+      <c r="H3" s="152"/>
+      <c r="I3" s="152"/>
+      <c r="J3" s="152"/>
+      <c r="K3" s="151" t="s">
+        <v>12</v>
+      </c>
+      <c r="L3" s="152"/>
+      <c r="M3" s="152"/>
+      <c r="N3" s="152"/>
+      <c r="O3" s="152"/>
+      <c r="P3" s="153"/>
+      <c r="Q3" s="154" t="s">
+        <v>10</v>
+      </c>
+      <c r="R3" s="155"/>
+      <c r="S3" s="156"/>
+    </row>
+    <row r="4" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="149"/>
+      <c r="B4" s="160" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="161"/>
+      <c r="D4" s="162"/>
+      <c r="E4" s="160" t="s">
+        <v>21</v>
+      </c>
+      <c r="F4" s="161"/>
+      <c r="G4" s="162"/>
+      <c r="H4" s="160" t="s">
+        <v>22</v>
+      </c>
+      <c r="I4" s="161"/>
+      <c r="J4" s="162"/>
+      <c r="K4" s="160" t="s">
+        <v>18</v>
+      </c>
+      <c r="L4" s="161"/>
+      <c r="M4" s="162"/>
+      <c r="N4" s="160" t="s">
+        <v>19</v>
+      </c>
+      <c r="O4" s="152"/>
+      <c r="P4" s="153"/>
+      <c r="Q4" s="157"/>
+      <c r="R4" s="158"/>
+      <c r="S4" s="159"/>
+    </row>
+    <row r="5" spans="1:19" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="150"/>
+      <c r="B5" s="81" t="s">
+        <v>24</v>
+      </c>
+      <c r="C5" s="82" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="E5" s="81" t="s">
+        <v>24</v>
+      </c>
+      <c r="F5" s="82" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="H5" s="81" t="s">
+        <v>24</v>
+      </c>
+      <c r="I5" s="82" t="s">
+        <v>15</v>
+      </c>
+      <c r="J5" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="K5" s="81" t="s">
+        <v>24</v>
+      </c>
+      <c r="L5" s="82" t="s">
+        <v>15</v>
+      </c>
+      <c r="M5" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="N5" s="81" t="s">
+        <v>24</v>
+      </c>
+      <c r="O5" s="82" t="s">
+        <v>15</v>
+      </c>
+      <c r="P5" s="83" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q5" s="81" t="s">
+        <v>24</v>
+      </c>
+      <c r="R5" s="82" t="s">
+        <v>25</v>
+      </c>
+      <c r="S5" s="83" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="6" spans="1:19" s="96" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A6" s="84" t="s">
+        <v>0</v>
+      </c>
+      <c r="B6" s="85">
+        <v>0.1</v>
+      </c>
+      <c r="C6" s="86">
+        <v>28.9</v>
+      </c>
+      <c r="D6" s="86">
+        <v>1.2</v>
+      </c>
+      <c r="E6" s="85">
+        <v>0.1</v>
+      </c>
+      <c r="F6" s="86">
+        <v>6.4</v>
+      </c>
+      <c r="G6" s="87">
+        <v>0.3</v>
+      </c>
+      <c r="H6" s="86">
+        <v>0.1</v>
+      </c>
+      <c r="I6" s="88">
+        <v>13.9</v>
+      </c>
+      <c r="J6" s="89">
+        <v>1.2</v>
+      </c>
+      <c r="K6" s="90" t="s">
+        <v>32</v>
+      </c>
+      <c r="L6" s="91" t="s">
+        <v>32</v>
+      </c>
+      <c r="M6" s="92" t="s">
+        <v>32</v>
+      </c>
+      <c r="N6" s="93" t="s">
+        <v>32</v>
+      </c>
+      <c r="O6" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="P6" s="94" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q6" s="95">
+        <v>0.1</v>
+      </c>
+      <c r="R6" s="88">
+        <v>0.1</v>
+      </c>
+      <c r="S6" s="94">
+        <v>1.2</v>
+      </c>
+    </row>
+    <row r="7" spans="1:19" s="96" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A7" s="97" t="s">
+        <v>1</v>
+      </c>
+      <c r="B7" s="98">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="C7" s="99">
+        <v>529.29999999999995</v>
+      </c>
+      <c r="D7" s="100">
+        <v>22.5</v>
+      </c>
+      <c r="E7" s="98">
+        <v>2.1</v>
+      </c>
+      <c r="F7" s="99">
+        <v>111.6</v>
+      </c>
+      <c r="G7" s="100">
+        <v>4.7</v>
+      </c>
+      <c r="H7" s="99">
+        <v>2</v>
+      </c>
+      <c r="I7" s="101">
+        <v>289.60000000000002</v>
+      </c>
+      <c r="J7" s="102">
+        <v>26.4</v>
+      </c>
+      <c r="K7" s="103">
+        <v>0</v>
+      </c>
+      <c r="L7" s="101">
+        <v>6.4</v>
+      </c>
+      <c r="M7" s="102">
+        <v>0.2</v>
+      </c>
+      <c r="N7" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="O7" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="P7" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q7" s="103">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="R7" s="101">
+        <v>2</v>
+      </c>
+      <c r="S7" s="104">
+        <v>41.7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:19" s="96" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" s="97" t="s">
+        <v>2</v>
+      </c>
+      <c r="B8" s="98">
+        <v>0.4</v>
+      </c>
+      <c r="C8" s="99">
+        <v>184.6</v>
+      </c>
+      <c r="D8" s="100">
+        <v>7.8</v>
+      </c>
+      <c r="E8" s="98">
+        <v>0.4</v>
+      </c>
+      <c r="F8" s="99">
+        <v>28.9</v>
+      </c>
+      <c r="G8" s="100">
+        <v>1.2</v>
+      </c>
+      <c r="H8" s="99">
+        <v>0.3</v>
+      </c>
+      <c r="I8" s="101">
+        <v>124.6</v>
+      </c>
+      <c r="J8" s="102">
+        <v>12.2</v>
+      </c>
+      <c r="K8" s="105" t="s">
+        <v>32</v>
+      </c>
+      <c r="L8" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="M8" s="89" t="s">
+        <v>32</v>
+      </c>
+      <c r="N8" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="O8" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="P8" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q8" s="103">
+        <v>0.4</v>
+      </c>
+      <c r="R8" s="101">
+        <v>0.3</v>
+      </c>
+      <c r="S8" s="104">
+        <v>10.4</v>
+      </c>
+    </row>
+    <row r="9" spans="1:19" s="96" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A9" s="97" t="s">
+        <v>3</v>
+      </c>
+      <c r="B9" s="98">
+        <v>2.1</v>
+      </c>
+      <c r="C9" s="99">
+        <v>11150.4</v>
+      </c>
+      <c r="D9" s="100">
+        <v>473.9</v>
+      </c>
+      <c r="E9" s="98">
+        <v>2</v>
+      </c>
+      <c r="F9" s="99">
+        <v>2492.5</v>
+      </c>
+      <c r="G9" s="100">
+        <v>105.9</v>
+      </c>
+      <c r="H9" s="99">
+        <v>1.8</v>
+      </c>
+      <c r="I9" s="101">
+        <v>5788.7</v>
+      </c>
+      <c r="J9" s="102">
+        <v>519.1</v>
+      </c>
+      <c r="K9" s="103">
+        <v>0.2</v>
+      </c>
+      <c r="L9" s="101">
+        <v>260.7</v>
+      </c>
+      <c r="M9" s="102">
+        <v>7.7</v>
+      </c>
+      <c r="N9" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="O9" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="P9" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q9" s="103">
+        <v>2.2999999999999998</v>
+      </c>
+      <c r="R9" s="101">
+        <v>1.8</v>
+      </c>
+      <c r="S9" s="104">
+        <v>546.79999999999995</v>
+      </c>
+    </row>
+    <row r="10" spans="1:19" s="96" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A10" s="97" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" s="98">
+        <v>0.7</v>
+      </c>
+      <c r="C10" s="99">
+        <v>2980.1</v>
+      </c>
+      <c r="D10" s="100">
+        <v>126.7</v>
+      </c>
+      <c r="E10" s="98">
+        <v>0.6</v>
+      </c>
+      <c r="F10" s="99">
+        <v>368.4</v>
+      </c>
+      <c r="G10" s="100">
+        <v>15.7</v>
+      </c>
+      <c r="H10" s="99">
+        <v>0.5</v>
+      </c>
+      <c r="I10" s="101">
+        <v>1808.6</v>
+      </c>
+      <c r="J10" s="102">
+        <v>150.4</v>
+      </c>
+      <c r="K10" s="105" t="s">
+        <v>32</v>
+      </c>
+      <c r="L10" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="M10" s="89" t="s">
+        <v>32</v>
+      </c>
+      <c r="N10" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="O10" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="P10" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q10" s="103">
+        <v>0.7</v>
+      </c>
+      <c r="R10" s="101">
+        <v>0.3</v>
+      </c>
+      <c r="S10" s="104">
+        <v>240.3</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19" s="96" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A11" s="97" t="s">
+        <v>5</v>
+      </c>
+      <c r="B11" s="98">
+        <v>27.9</v>
+      </c>
+      <c r="C11" s="99">
+        <v>48809.1</v>
+      </c>
+      <c r="D11" s="100">
+        <v>2074.4</v>
+      </c>
+      <c r="E11" s="98">
+        <v>26.4</v>
+      </c>
+      <c r="F11" s="99">
+        <v>6786.4</v>
+      </c>
+      <c r="G11" s="100">
+        <v>288.39999999999998</v>
+      </c>
+      <c r="H11" s="99">
+        <v>24.7</v>
+      </c>
+      <c r="I11" s="101">
+        <v>34542</v>
+      </c>
+      <c r="J11" s="102">
+        <v>3068.7</v>
+      </c>
+      <c r="K11" s="103">
+        <v>0.3</v>
+      </c>
+      <c r="L11" s="101">
+        <v>368.4</v>
+      </c>
+      <c r="M11" s="102">
+        <v>10.9</v>
+      </c>
+      <c r="N11" s="101">
+        <v>0</v>
+      </c>
+      <c r="O11" s="101">
+        <v>26.5</v>
+      </c>
+      <c r="P11" s="104">
+        <v>0.7</v>
+      </c>
+      <c r="Q11" s="103">
+        <v>28.3</v>
+      </c>
+      <c r="R11" s="101">
+        <v>24.9</v>
+      </c>
+      <c r="S11" s="104">
+        <v>4424.2</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19" s="96" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A12" s="97" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" s="98">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="C12" s="99">
+        <v>4023.4</v>
+      </c>
+      <c r="D12" s="100">
+        <v>171</v>
+      </c>
+      <c r="E12" s="98">
+        <v>3.5</v>
+      </c>
+      <c r="F12" s="99">
+        <v>863.8</v>
+      </c>
+      <c r="G12" s="100">
+        <v>36.700000000000003</v>
+      </c>
+      <c r="H12" s="99">
+        <v>3</v>
+      </c>
+      <c r="I12" s="101">
+        <v>2205.6999999999998</v>
+      </c>
+      <c r="J12" s="102">
+        <v>200.9</v>
+      </c>
+      <c r="K12" s="103">
+        <v>0</v>
+      </c>
+      <c r="L12" s="101">
+        <v>106.6</v>
+      </c>
+      <c r="M12" s="102">
+        <v>3.1</v>
+      </c>
+      <c r="N12" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="P12" s="88" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q12" s="103">
+        <v>4.0999999999999996</v>
+      </c>
+      <c r="R12" s="101">
+        <v>3</v>
+      </c>
+      <c r="S12" s="104">
+        <v>378.3</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" s="96" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A13" s="97" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="98">
+        <v>42.9</v>
+      </c>
+      <c r="C13" s="99">
+        <v>14120.3</v>
+      </c>
+      <c r="D13" s="100">
+        <v>600.1</v>
+      </c>
+      <c r="E13" s="98">
+        <v>35</v>
+      </c>
+      <c r="F13" s="99">
+        <v>2431.4</v>
+      </c>
+      <c r="G13" s="100">
+        <v>103.3</v>
+      </c>
+      <c r="H13" s="99">
+        <v>28.7</v>
+      </c>
+      <c r="I13" s="101">
+        <v>8396.2999999999993</v>
+      </c>
+      <c r="J13" s="102">
+        <v>740.2</v>
+      </c>
+      <c r="K13" s="103">
+        <v>0.2</v>
+      </c>
+      <c r="L13" s="101">
+        <v>126.4</v>
+      </c>
+      <c r="M13" s="102">
+        <v>3.7</v>
+      </c>
+      <c r="N13" s="101">
+        <v>0</v>
+      </c>
+      <c r="O13" s="101">
+        <v>34.299999999999997</v>
+      </c>
+      <c r="P13" s="104">
+        <v>0.9</v>
+      </c>
+      <c r="Q13" s="103">
+        <v>43.1</v>
+      </c>
+      <c r="R13" s="101">
+        <v>28.2</v>
+      </c>
+      <c r="S13" s="104">
+        <v>1115.5999999999999</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19" s="96" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A14" s="97" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="98">
+        <v>73</v>
+      </c>
+      <c r="C14" s="99">
+        <v>111148.6</v>
+      </c>
+      <c r="D14" s="100">
+        <v>4723.8</v>
+      </c>
+      <c r="E14" s="98">
+        <v>67.900000000000006</v>
+      </c>
+      <c r="F14" s="99">
+        <v>26410.6</v>
+      </c>
+      <c r="G14" s="100">
+        <v>1122.5</v>
+      </c>
+      <c r="H14" s="99">
+        <v>62</v>
+      </c>
+      <c r="I14" s="101">
+        <v>51211.6</v>
+      </c>
+      <c r="J14" s="102">
+        <v>4713.6000000000004</v>
+      </c>
+      <c r="K14" s="103">
+        <v>1.2</v>
+      </c>
+      <c r="L14" s="101">
+        <v>2685</v>
+      </c>
+      <c r="M14" s="102">
+        <v>79.2</v>
+      </c>
+      <c r="N14" s="101">
+        <v>0.2</v>
+      </c>
+      <c r="O14" s="101">
+        <v>543.70000000000005</v>
+      </c>
+      <c r="P14" s="104">
+        <v>13.9</v>
+      </c>
+      <c r="Q14" s="103">
+        <v>74.3</v>
+      </c>
+      <c r="R14" s="101">
+        <v>59.5</v>
+      </c>
+      <c r="S14" s="104">
+        <v>9862.4</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" s="106" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" s="97" t="s">
+        <v>9</v>
+      </c>
+      <c r="B15" s="98">
+        <v>19</v>
+      </c>
+      <c r="C15" s="99">
+        <v>8872.5</v>
+      </c>
+      <c r="D15" s="100">
+        <v>377.1</v>
+      </c>
+      <c r="E15" s="98">
+        <v>16.899999999999999</v>
+      </c>
+      <c r="F15" s="99">
+        <v>2028</v>
+      </c>
+      <c r="G15" s="100">
+        <v>86.2</v>
+      </c>
+      <c r="H15" s="99">
+        <v>15.6</v>
+      </c>
+      <c r="I15" s="101">
+        <v>4125.3999999999996</v>
+      </c>
+      <c r="J15" s="102">
+        <v>379.1</v>
+      </c>
+      <c r="K15" s="103">
+        <v>0.2</v>
+      </c>
+      <c r="L15" s="101">
+        <v>145.30000000000001</v>
+      </c>
+      <c r="M15" s="102">
+        <v>4.3</v>
+      </c>
+      <c r="N15" s="101">
+        <v>0.1</v>
+      </c>
+      <c r="O15" s="101">
+        <v>21.7</v>
+      </c>
+      <c r="P15" s="104">
+        <v>0.6</v>
+      </c>
+      <c r="Q15" s="103">
+        <v>19.3</v>
+      </c>
+      <c r="R15" s="101">
+        <v>7.9</v>
+      </c>
+      <c r="S15" s="104">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19" s="111" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="107" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" s="108">
+        <v>172.4</v>
+      </c>
+      <c r="C16" s="109">
+        <v>201847.4</v>
+      </c>
+      <c r="D16" s="110">
+        <v>8578.6</v>
+      </c>
+      <c r="E16" s="108">
+        <v>154.80000000000001</v>
+      </c>
+      <c r="F16" s="109">
+        <v>41528</v>
+      </c>
+      <c r="G16" s="110">
+        <v>1765</v>
+      </c>
+      <c r="H16" s="109">
+        <v>138.9</v>
+      </c>
+      <c r="I16" s="109">
+        <v>108506.2</v>
+      </c>
+      <c r="J16" s="110">
+        <v>9811.7999999999993</v>
+      </c>
+      <c r="K16" s="108">
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="L16" s="109">
+        <v>3759</v>
+      </c>
+      <c r="M16" s="110">
+        <v>110.9</v>
+      </c>
+      <c r="N16" s="108">
+        <v>0.3</v>
+      </c>
+      <c r="O16" s="109">
+        <v>701.1</v>
+      </c>
+      <c r="P16" s="110">
+        <v>17.899999999999999</v>
+      </c>
+      <c r="Q16" s="108">
+        <v>174.8</v>
+      </c>
+      <c r="R16" s="109">
+        <v>128.1</v>
+      </c>
+      <c r="S16" s="110">
+        <v>17206.900000000001</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19" s="114" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A17" s="112" t="s">
+        <v>33</v>
+      </c>
+      <c r="B17" s="112"/>
+      <c r="C17" s="112"/>
+      <c r="D17" s="112"/>
+      <c r="E17" s="112"/>
+      <c r="F17" s="112"/>
+      <c r="G17" s="112"/>
+      <c r="H17" s="112"/>
+      <c r="I17" s="113"/>
+      <c r="J17" s="113"/>
+      <c r="K17" s="113"/>
+      <c r="L17" s="113"/>
+      <c r="M17" s="113"/>
+      <c r="N17" s="113"/>
+      <c r="O17" s="113"/>
+      <c r="Q17" s="113"/>
+      <c r="R17" s="113"/>
+    </row>
+    <row r="18" spans="1:19" s="114" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A18" s="147" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="147"/>
+      <c r="C18" s="147"/>
+      <c r="D18" s="147"/>
+      <c r="E18" s="147"/>
+      <c r="F18" s="147"/>
+      <c r="G18" s="147"/>
+      <c r="H18" s="147"/>
+      <c r="I18" s="147"/>
+      <c r="J18" s="147"/>
+      <c r="K18" s="147"/>
+      <c r="L18" s="147"/>
+      <c r="M18" s="147"/>
+      <c r="N18" s="147"/>
+      <c r="O18" s="147"/>
+      <c r="P18" s="147"/>
+      <c r="Q18" s="147"/>
+      <c r="R18" s="147"/>
+      <c r="S18" s="147"/>
+    </row>
+    <row r="19" spans="1:19" s="114" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A19" s="115" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19" s="116"/>
+      <c r="C19" s="116"/>
+      <c r="D19" s="116"/>
+      <c r="E19" s="116"/>
+      <c r="F19" s="116"/>
+      <c r="G19" s="116"/>
+      <c r="H19" s="116"/>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A20" s="147" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="147"/>
+      <c r="C20" s="147"/>
+      <c r="D20" s="147"/>
+      <c r="E20" s="147"/>
+      <c r="F20" s="147"/>
+      <c r="G20" s="147"/>
+      <c r="H20" s="147"/>
+      <c r="I20" s="147"/>
+      <c r="J20" s="147"/>
+      <c r="K20" s="147"/>
+      <c r="L20" s="147"/>
+      <c r="M20" s="147"/>
+      <c r="N20" s="114"/>
+      <c r="O20" s="114"/>
+      <c r="P20" s="114"/>
+      <c r="Q20" s="114"/>
+      <c r="R20" s="114"/>
+      <c r="S20" s="114"/>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A21" s="147" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="147"/>
+      <c r="C21" s="147"/>
+      <c r="D21" s="147"/>
+      <c r="E21" s="147"/>
+      <c r="F21" s="147"/>
+      <c r="G21" s="147"/>
+      <c r="H21" s="147"/>
+      <c r="I21" s="147"/>
+      <c r="J21" s="147"/>
+      <c r="K21" s="147"/>
+      <c r="L21" s="147"/>
+      <c r="M21" s="147"/>
+    </row>
+  </sheetData>
+  <mergeCells count="12">
+    <mergeCell ref="A18:S18"/>
+    <mergeCell ref="A20:M20"/>
+    <mergeCell ref="A21:M21"/>
+    <mergeCell ref="A3:A5"/>
+    <mergeCell ref="B3:J3"/>
+    <mergeCell ref="K3:P3"/>
+    <mergeCell ref="Q3:S4"/>
+    <mergeCell ref="B4:D4"/>
+    <mergeCell ref="E4:G4"/>
+    <mergeCell ref="H4:J4"/>
+    <mergeCell ref="K4:M4"/>
+    <mergeCell ref="N4:P4"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:V20"/>
+  <dimension ref="A1:V21"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+      <selection activeCell="A3" sqref="A3:A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="103.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="18" width="15.7109375" style="3" customWidth="1"/>
     <col min="19" max="19" width="13.5703125" style="3" customWidth="1"/>
     <col min="20" max="22" width="15.7109375" style="3" customWidth="1"/>
     <col min="23" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -4264,171 +5711,171 @@
       <c r="Q1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
     </row>
     <row r="2" spans="1:22" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="5"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="V2" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:22" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="82" t="s">
+      <c r="A3" s="124" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="85" t="s">
+      <c r="B3" s="127" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="86"/>
-[...10 lines deleted...]
-      <c r="N3" s="85" t="s">
+      <c r="C3" s="128"/>
+      <c r="D3" s="128"/>
+      <c r="E3" s="128"/>
+      <c r="F3" s="128"/>
+      <c r="G3" s="128"/>
+      <c r="H3" s="128"/>
+      <c r="I3" s="128"/>
+      <c r="J3" s="128"/>
+      <c r="K3" s="128"/>
+      <c r="L3" s="128"/>
+      <c r="M3" s="129"/>
+      <c r="N3" s="127" t="s">
         <v>12</v>
       </c>
-      <c r="O3" s="86"/>
-[...4 lines deleted...]
-      <c r="T3" s="75" t="s">
+      <c r="O3" s="128"/>
+      <c r="P3" s="128"/>
+      <c r="Q3" s="128"/>
+      <c r="R3" s="128"/>
+      <c r="S3" s="129"/>
+      <c r="T3" s="118" t="s">
         <v>10</v>
       </c>
-      <c r="U3" s="76"/>
-      <c r="V3" s="77"/>
+      <c r="U3" s="119"/>
+      <c r="V3" s="120"/>
     </row>
     <row r="4" spans="1:22" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="83"/>
-      <c r="B4" s="88" t="s">
+      <c r="A4" s="125"/>
+      <c r="B4" s="130" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="89"/>
-[...1 lines deleted...]
-      <c r="E4" s="88" t="s">
+      <c r="C4" s="131"/>
+      <c r="D4" s="132"/>
+      <c r="E4" s="130" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="89"/>
-[...1 lines deleted...]
-      <c r="H4" s="88" t="s">
+      <c r="F4" s="131"/>
+      <c r="G4" s="132"/>
+      <c r="H4" s="130" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="89"/>
-[...1 lines deleted...]
-      <c r="K4" s="88" t="s">
+      <c r="I4" s="131"/>
+      <c r="J4" s="132"/>
+      <c r="K4" s="130" t="s">
         <v>23</v>
       </c>
-      <c r="L4" s="89"/>
-[...1 lines deleted...]
-      <c r="N4" s="84" t="s">
+      <c r="L4" s="131"/>
+      <c r="M4" s="132"/>
+      <c r="N4" s="126" t="s">
         <v>18</v>
       </c>
-      <c r="O4" s="91"/>
-[...1 lines deleted...]
-      <c r="Q4" s="84" t="s">
+      <c r="O4" s="133"/>
+      <c r="P4" s="134"/>
+      <c r="Q4" s="126" t="s">
         <v>19</v>
       </c>
-      <c r="R4" s="91"/>
-[...3 lines deleted...]
-      <c r="V4" s="80"/>
+      <c r="R4" s="133"/>
+      <c r="S4" s="134"/>
+      <c r="T4" s="121"/>
+      <c r="U4" s="122"/>
+      <c r="V4" s="123"/>
     </row>
     <row r="5" spans="1:22" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="84"/>
+      <c r="A5" s="126"/>
       <c r="B5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="50" t="s">
+      <c r="D5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="50" t="s">
+      <c r="G5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="H5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="I5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="J5" s="50" t="s">
+      <c r="J5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="M5" s="50" t="s">
+      <c r="M5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="N5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="50" t="s">
+      <c r="P5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="Q5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="R5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="S5" s="50" t="s">
+      <c r="S5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="T5" s="35" t="s">
         <v>24</v>
       </c>
       <c r="U5" s="36" t="s">
         <v>25</v>
       </c>
       <c r="V5" s="37" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:22" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="13">
         <v>0.1</v>
       </c>
       <c r="C6" s="14">
         <v>19.600000000000001</v>
       </c>
       <c r="D6" s="14">
         <v>0.8</v>
       </c>
@@ -5146,176 +6593,194 @@
         <v>2849.6</v>
       </c>
       <c r="P16" s="23">
         <v>84.1</v>
       </c>
       <c r="Q16" s="21">
         <v>0.2</v>
       </c>
       <c r="R16" s="22">
         <v>193</v>
       </c>
       <c r="S16" s="23">
         <v>4.9000000000000004</v>
       </c>
       <c r="T16" s="21">
         <v>166.2</v>
       </c>
       <c r="U16" s="22">
         <v>121.7</v>
       </c>
       <c r="V16" s="23">
         <v>13152</v>
       </c>
     </row>
     <row r="17" spans="1:22" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A17" s="7" t="s">
-        <v>28</v>
+      <c r="A17" s="112" t="s">
+        <v>33</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
-      <c r="P17" s="47"/>
+      <c r="P17" s="46"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
-      <c r="S17" s="47"/>
+      <c r="S17" s="46"/>
       <c r="T17" s="8"/>
       <c r="U17" s="8"/>
     </row>
     <row r="18" spans="1:22" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A18" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S18" s="81"/>
+      <c r="A18" s="117" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="117"/>
+      <c r="C18" s="117"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="117"/>
+      <c r="G18" s="117"/>
+      <c r="H18" s="117"/>
+      <c r="I18" s="117"/>
+      <c r="J18" s="117"/>
+      <c r="K18" s="117"/>
+      <c r="L18" s="117"/>
+      <c r="M18" s="117"/>
+      <c r="N18" s="117"/>
+      <c r="O18" s="117"/>
+      <c r="P18" s="117"/>
+      <c r="Q18" s="117"/>
+      <c r="R18" s="117"/>
+      <c r="S18" s="117"/>
     </row>
     <row r="19" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A19" s="39" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B19" s="38"/>
       <c r="C19" s="38"/>
       <c r="D19" s="38"/>
       <c r="E19" s="38"/>
       <c r="F19" s="38"/>
       <c r="G19" s="38"/>
       <c r="H19" s="38"/>
-      <c r="I19" s="47"/>
-[...9 lines deleted...]
-      <c r="S19" s="47"/>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="46"/>
+      <c r="O19" s="46"/>
+      <c r="P19" s="46"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="46"/>
+      <c r="S19" s="46"/>
       <c r="T19" s="9"/>
       <c r="U19" s="9"/>
       <c r="V19" s="9"/>
     </row>
     <row r="20" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A20" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S20" s="47"/>
+      <c r="A20" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="117"/>
+      <c r="C20" s="117"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="117"/>
+      <c r="G20" s="117"/>
+      <c r="H20" s="117"/>
+      <c r="I20" s="117"/>
+      <c r="J20" s="117"/>
+      <c r="K20" s="117"/>
+      <c r="L20" s="117"/>
+      <c r="M20" s="117"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
+    </row>
+    <row r="21" spans="1:22" x14ac:dyDescent="0.2">
+      <c r="A21" s="117" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="117"/>
+      <c r="C21" s="117"/>
+      <c r="D21" s="117"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="117"/>
+      <c r="H21" s="117"/>
+      <c r="I21" s="117"/>
+      <c r="J21" s="117"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
     </row>
   </sheetData>
-  <mergeCells count="12">
+  <mergeCells count="13">
+    <mergeCell ref="A21:M21"/>
     <mergeCell ref="T3:V4"/>
     <mergeCell ref="A20:M20"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:M3"/>
     <mergeCell ref="N3:S3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="A18:S18"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="50" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:V21"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+      <selection activeCell="A3" sqref="A3:A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="103.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="18" width="15.7109375" style="3" customWidth="1"/>
     <col min="19" max="19" width="14.85546875" style="3" customWidth="1"/>
     <col min="20" max="22" width="15.7109375" style="3" customWidth="1"/>
     <col min="23" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:22" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
@@ -5324,171 +6789,171 @@
       <c r="Q1" s="2"/>
       <c r="T1" s="2"/>
       <c r="U1" s="2"/>
     </row>
     <row r="2" spans="1:22" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="5"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="V2" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:22" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="82" t="s">
+      <c r="A3" s="124" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="85" t="s">
+      <c r="B3" s="127" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="86"/>
-[...10 lines deleted...]
-      <c r="N3" s="85" t="s">
+      <c r="C3" s="128"/>
+      <c r="D3" s="128"/>
+      <c r="E3" s="128"/>
+      <c r="F3" s="128"/>
+      <c r="G3" s="128"/>
+      <c r="H3" s="128"/>
+      <c r="I3" s="128"/>
+      <c r="J3" s="128"/>
+      <c r="K3" s="128"/>
+      <c r="L3" s="128"/>
+      <c r="M3" s="129"/>
+      <c r="N3" s="127" t="s">
         <v>12</v>
       </c>
-      <c r="O3" s="86"/>
-[...4 lines deleted...]
-      <c r="T3" s="75" t="s">
+      <c r="O3" s="128"/>
+      <c r="P3" s="128"/>
+      <c r="Q3" s="128"/>
+      <c r="R3" s="128"/>
+      <c r="S3" s="129"/>
+      <c r="T3" s="118" t="s">
         <v>10</v>
       </c>
-      <c r="U3" s="76"/>
-      <c r="V3" s="77"/>
+      <c r="U3" s="119"/>
+      <c r="V3" s="120"/>
     </row>
     <row r="4" spans="1:22" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="83"/>
-      <c r="B4" s="88" t="s">
+      <c r="A4" s="125"/>
+      <c r="B4" s="130" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="89"/>
-[...1 lines deleted...]
-      <c r="E4" s="88" t="s">
+      <c r="C4" s="131"/>
+      <c r="D4" s="132"/>
+      <c r="E4" s="130" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="89"/>
-[...1 lines deleted...]
-      <c r="H4" s="88" t="s">
+      <c r="F4" s="131"/>
+      <c r="G4" s="132"/>
+      <c r="H4" s="130" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="89"/>
-[...1 lines deleted...]
-      <c r="K4" s="88" t="s">
+      <c r="I4" s="131"/>
+      <c r="J4" s="132"/>
+      <c r="K4" s="130" t="s">
         <v>23</v>
       </c>
-      <c r="L4" s="89"/>
-[...1 lines deleted...]
-      <c r="N4" s="84" t="s">
+      <c r="L4" s="131"/>
+      <c r="M4" s="132"/>
+      <c r="N4" s="126" t="s">
         <v>18</v>
       </c>
-      <c r="O4" s="91"/>
-[...1 lines deleted...]
-      <c r="Q4" s="84" t="s">
+      <c r="O4" s="133"/>
+      <c r="P4" s="134"/>
+      <c r="Q4" s="126" t="s">
         <v>19</v>
       </c>
-      <c r="R4" s="91"/>
-[...3 lines deleted...]
-      <c r="V4" s="80"/>
+      <c r="R4" s="133"/>
+      <c r="S4" s="134"/>
+      <c r="T4" s="121"/>
+      <c r="U4" s="122"/>
+      <c r="V4" s="123"/>
     </row>
     <row r="5" spans="1:22" ht="39.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="84"/>
+      <c r="A5" s="126"/>
       <c r="B5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="50" t="s">
+      <c r="D5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="50" t="s">
+      <c r="G5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="H5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="I5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="J5" s="50" t="s">
+      <c r="J5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="M5" s="50" t="s">
+      <c r="M5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="N5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="50" t="s">
+      <c r="P5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="Q5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="R5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="S5" s="50" t="s">
+      <c r="S5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="T5" s="35" t="s">
         <v>24</v>
       </c>
       <c r="U5" s="36" t="s">
         <v>25</v>
       </c>
       <c r="V5" s="37" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:22" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="13">
         <v>0.1</v>
       </c>
       <c r="C6" s="14">
         <v>20.100000000000001</v>
       </c>
       <c r="D6" s="14">
         <v>0.9</v>
       </c>
@@ -6206,344 +7671,347 @@
         <v>2918.1</v>
       </c>
       <c r="P16" s="23">
         <v>86.1</v>
       </c>
       <c r="Q16" s="21">
         <v>0.2</v>
       </c>
       <c r="R16" s="22">
         <v>343.8</v>
       </c>
       <c r="S16" s="23">
         <v>8.8000000000000007</v>
       </c>
       <c r="T16" s="21">
         <v>166.1</v>
       </c>
       <c r="U16" s="22">
         <v>122.4</v>
       </c>
       <c r="V16" s="23">
         <v>13495.5</v>
       </c>
     </row>
     <row r="17" spans="1:22" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A17" s="7" t="s">
-        <v>28</v>
+      <c r="A17" s="112" t="s">
+        <v>33</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
-      <c r="P17" s="47"/>
+      <c r="P17" s="46"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
-      <c r="S17" s="47"/>
+      <c r="S17" s="46"/>
       <c r="T17" s="8"/>
       <c r="U17" s="8"/>
     </row>
     <row r="18" spans="1:22" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A18" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S18" s="81"/>
+      <c r="A18" s="117" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="117"/>
+      <c r="C18" s="117"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="117"/>
+      <c r="G18" s="117"/>
+      <c r="H18" s="117"/>
+      <c r="I18" s="117"/>
+      <c r="J18" s="117"/>
+      <c r="K18" s="117"/>
+      <c r="L18" s="117"/>
+      <c r="M18" s="117"/>
+      <c r="N18" s="117"/>
+      <c r="O18" s="117"/>
+      <c r="P18" s="117"/>
+      <c r="Q18" s="117"/>
+      <c r="R18" s="117"/>
+      <c r="S18" s="117"/>
     </row>
     <row r="19" spans="1:22" x14ac:dyDescent="0.2">
       <c r="A19" s="39" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B19" s="38"/>
       <c r="C19" s="38"/>
       <c r="D19" s="38"/>
       <c r="E19" s="38"/>
       <c r="F19" s="38"/>
       <c r="G19" s="38"/>
       <c r="H19" s="38"/>
-      <c r="I19" s="47"/>
-[...9 lines deleted...]
-      <c r="S19" s="47"/>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="46"/>
+      <c r="O19" s="46"/>
+      <c r="P19" s="46"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="46"/>
+      <c r="S19" s="46"/>
       <c r="T19" s="9"/>
       <c r="U19" s="9"/>
       <c r="V19" s="9"/>
     </row>
     <row r="20" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A20" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S20" s="47"/>
+      <c r="A20" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="117"/>
+      <c r="C20" s="117"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="117"/>
+      <c r="G20" s="117"/>
+      <c r="H20" s="117"/>
+      <c r="I20" s="117"/>
+      <c r="J20" s="117"/>
+      <c r="K20" s="117"/>
+      <c r="L20" s="117"/>
+      <c r="M20" s="117"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
     </row>
     <row r="21" spans="1:22" x14ac:dyDescent="0.2">
-      <c r="A21" s="40"/>
-[...11 lines deleted...]
-      <c r="M21" s="40"/>
+      <c r="A21" s="117" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="117"/>
+      <c r="C21" s="117"/>
+      <c r="D21" s="117"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="117"/>
+      <c r="H21" s="117"/>
+      <c r="I21" s="117"/>
+      <c r="J21" s="117"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
     </row>
   </sheetData>
-  <mergeCells count="12">
+  <mergeCells count="13">
+    <mergeCell ref="A21:M21"/>
     <mergeCell ref="T3:V4"/>
     <mergeCell ref="A20:M20"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:M3"/>
     <mergeCell ref="N3:S3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="Q4:S4"/>
     <mergeCell ref="A18:S18"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="50" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S20"/>
+  <dimension ref="A1:S21"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+      <selection activeCell="A3" sqref="A3:A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="103.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="19" width="15.7109375" style="3" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
     </row>
     <row r="2" spans="1:19" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="5"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="S2" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="82" t="s">
+      <c r="A3" s="124" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="85" t="s">
+      <c r="B3" s="127" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="86"/>
-[...7 lines deleted...]
-      <c r="K3" s="85" t="s">
+      <c r="C3" s="128"/>
+      <c r="D3" s="128"/>
+      <c r="E3" s="128"/>
+      <c r="F3" s="128"/>
+      <c r="G3" s="128"/>
+      <c r="H3" s="128"/>
+      <c r="I3" s="128"/>
+      <c r="J3" s="128"/>
+      <c r="K3" s="127" t="s">
         <v>12</v>
       </c>
-      <c r="L3" s="86"/>
-[...4 lines deleted...]
-      <c r="Q3" s="75" t="s">
+      <c r="L3" s="128"/>
+      <c r="M3" s="128"/>
+      <c r="N3" s="128"/>
+      <c r="O3" s="128"/>
+      <c r="P3" s="129"/>
+      <c r="Q3" s="118" t="s">
         <v>10</v>
       </c>
-      <c r="R3" s="76"/>
-      <c r="S3" s="77"/>
+      <c r="R3" s="119"/>
+      <c r="S3" s="120"/>
     </row>
     <row r="4" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="83"/>
-      <c r="B4" s="88" t="s">
+      <c r="A4" s="125"/>
+      <c r="B4" s="130" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="89"/>
-[...1 lines deleted...]
-      <c r="E4" s="88" t="s">
+      <c r="C4" s="131"/>
+      <c r="D4" s="132"/>
+      <c r="E4" s="130" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="89"/>
-[...1 lines deleted...]
-      <c r="H4" s="88" t="s">
+      <c r="F4" s="131"/>
+      <c r="G4" s="132"/>
+      <c r="H4" s="130" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="89"/>
-[...1 lines deleted...]
-      <c r="K4" s="88" t="s">
+      <c r="I4" s="131"/>
+      <c r="J4" s="132"/>
+      <c r="K4" s="130" t="s">
         <v>18</v>
       </c>
-      <c r="L4" s="89"/>
-[...1 lines deleted...]
-      <c r="N4" s="88" t="s">
+      <c r="L4" s="131"/>
+      <c r="M4" s="132"/>
+      <c r="N4" s="130" t="s">
         <v>19</v>
       </c>
-      <c r="O4" s="86"/>
-[...3 lines deleted...]
-      <c r="S4" s="80"/>
+      <c r="O4" s="128"/>
+      <c r="P4" s="129"/>
+      <c r="Q4" s="121"/>
+      <c r="R4" s="122"/>
+      <c r="S4" s="123"/>
     </row>
     <row r="5" spans="1:19" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="84"/>
+      <c r="A5" s="126"/>
       <c r="B5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="50" t="s">
+      <c r="D5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="50" t="s">
+      <c r="G5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="H5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="I5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="J5" s="50" t="s">
+      <c r="J5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="M5" s="50" t="s">
+      <c r="M5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="N5" s="32" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="33" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="50" t="s">
+      <c r="P5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="Q5" s="35" t="s">
         <v>24</v>
       </c>
       <c r="R5" s="36" t="s">
         <v>25</v>
       </c>
       <c r="S5" s="37" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:19" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="13">
         <v>0.1</v>
       </c>
       <c r="C6" s="14">
         <v>22.5</v>
       </c>
       <c r="D6" s="14">
         <v>1</v>
       </c>
@@ -7162,323 +8630,341 @@
         <v>2573.8000000000002</v>
       </c>
       <c r="M16" s="22">
         <v>75.900000000000006</v>
       </c>
       <c r="N16" s="21">
         <v>0.2</v>
       </c>
       <c r="O16" s="22">
         <v>311.7</v>
       </c>
       <c r="P16" s="23">
         <v>7.9</v>
       </c>
       <c r="Q16" s="21">
         <v>165.9</v>
       </c>
       <c r="R16" s="22">
         <v>122.1</v>
       </c>
       <c r="S16" s="23">
         <v>13469.6</v>
       </c>
     </row>
     <row r="17" spans="1:19" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A17" s="7" t="s">
-        <v>28</v>
+      <c r="A17" s="112" t="s">
+        <v>33</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
-      <c r="P17" s="47"/>
+      <c r="P17" s="46"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
-      <c r="S17" s="47"/>
+      <c r="S17" s="46"/>
     </row>
     <row r="18" spans="1:19" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A18" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S18" s="81"/>
+      <c r="A18" s="117" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="117"/>
+      <c r="C18" s="117"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="117"/>
+      <c r="G18" s="117"/>
+      <c r="H18" s="117"/>
+      <c r="I18" s="117"/>
+      <c r="J18" s="117"/>
+      <c r="K18" s="117"/>
+      <c r="L18" s="117"/>
+      <c r="M18" s="117"/>
+      <c r="N18" s="117"/>
+      <c r="O18" s="117"/>
+      <c r="P18" s="117"/>
+      <c r="Q18" s="117"/>
+      <c r="R18" s="117"/>
+      <c r="S18" s="117"/>
     </row>
     <row r="19" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A19" s="39" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B19" s="38"/>
       <c r="C19" s="38"/>
       <c r="D19" s="38"/>
       <c r="E19" s="38"/>
       <c r="F19" s="38"/>
       <c r="G19" s="38"/>
       <c r="H19" s="38"/>
-      <c r="I19" s="47"/>
-[...9 lines deleted...]
-      <c r="S19" s="47"/>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="46"/>
+      <c r="O19" s="46"/>
+      <c r="P19" s="46"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="46"/>
+      <c r="S19" s="46"/>
     </row>
     <row r="20" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A20" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S20" s="47"/>
+      <c r="A20" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="117"/>
+      <c r="C20" s="117"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="117"/>
+      <c r="G20" s="117"/>
+      <c r="H20" s="117"/>
+      <c r="I20" s="117"/>
+      <c r="J20" s="117"/>
+      <c r="K20" s="117"/>
+      <c r="L20" s="117"/>
+      <c r="M20" s="117"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A21" s="117" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="117"/>
+      <c r="C21" s="117"/>
+      <c r="D21" s="117"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="117"/>
+      <c r="H21" s="117"/>
+      <c r="I21" s="117"/>
+      <c r="J21" s="117"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
+  <mergeCells count="12">
+    <mergeCell ref="A21:M21"/>
     <mergeCell ref="Q3:S4"/>
     <mergeCell ref="A20:M20"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="K3:P3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="A18:S18"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="58" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S21"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+      <selection activeCell="A3" sqref="A3:A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="103.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="19" width="15.7109375" style="3" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
     </row>
     <row r="2" spans="1:19" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="5"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="S2" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="82" t="s">
+      <c r="A3" s="124" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="85" t="s">
+      <c r="B3" s="127" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="86"/>
-[...7 lines deleted...]
-      <c r="K3" s="85" t="s">
+      <c r="C3" s="128"/>
+      <c r="D3" s="128"/>
+      <c r="E3" s="128"/>
+      <c r="F3" s="128"/>
+      <c r="G3" s="128"/>
+      <c r="H3" s="128"/>
+      <c r="I3" s="128"/>
+      <c r="J3" s="128"/>
+      <c r="K3" s="127" t="s">
         <v>12</v>
       </c>
-      <c r="L3" s="86"/>
-[...4 lines deleted...]
-      <c r="Q3" s="75" t="s">
+      <c r="L3" s="128"/>
+      <c r="M3" s="128"/>
+      <c r="N3" s="128"/>
+      <c r="O3" s="128"/>
+      <c r="P3" s="129"/>
+      <c r="Q3" s="118" t="s">
         <v>10</v>
       </c>
-      <c r="R3" s="76"/>
-      <c r="S3" s="77"/>
+      <c r="R3" s="119"/>
+      <c r="S3" s="120"/>
     </row>
     <row r="4" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="83"/>
-      <c r="B4" s="88" t="s">
+      <c r="A4" s="125"/>
+      <c r="B4" s="130" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="89"/>
-[...1 lines deleted...]
-      <c r="E4" s="88" t="s">
+      <c r="C4" s="131"/>
+      <c r="D4" s="132"/>
+      <c r="E4" s="130" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="89"/>
-[...1 lines deleted...]
-      <c r="H4" s="88" t="s">
+      <c r="F4" s="131"/>
+      <c r="G4" s="132"/>
+      <c r="H4" s="130" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="89"/>
-[...1 lines deleted...]
-      <c r="K4" s="88" t="s">
+      <c r="I4" s="131"/>
+      <c r="J4" s="132"/>
+      <c r="K4" s="130" t="s">
         <v>18</v>
       </c>
-      <c r="L4" s="89"/>
-[...1 lines deleted...]
-      <c r="N4" s="88" t="s">
+      <c r="L4" s="131"/>
+      <c r="M4" s="132"/>
+      <c r="N4" s="130" t="s">
         <v>19</v>
       </c>
-      <c r="O4" s="86"/>
-[...3 lines deleted...]
-      <c r="S4" s="80"/>
+      <c r="O4" s="128"/>
+      <c r="P4" s="129"/>
+      <c r="Q4" s="121"/>
+      <c r="R4" s="122"/>
+      <c r="S4" s="123"/>
     </row>
     <row r="5" spans="1:19" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="84"/>
+      <c r="A5" s="126"/>
       <c r="B5" s="28" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="50" t="s">
+      <c r="D5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="28" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="50" t="s">
+      <c r="G5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="H5" s="28" t="s">
         <v>24</v>
       </c>
       <c r="I5" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="J5" s="50" t="s">
+      <c r="J5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="28" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="M5" s="50" t="s">
+      <c r="M5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="N5" s="28" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="29" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="50" t="s">
+      <c r="P5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="Q5" s="35" t="s">
         <v>24</v>
       </c>
       <c r="R5" s="36" t="s">
         <v>25</v>
       </c>
       <c r="S5" s="37" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:19" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="13">
         <v>0.1</v>
       </c>
       <c r="C6" s="14">
         <v>19.3</v>
       </c>
       <c r="D6" s="14">
         <v>0.8</v>
       </c>
@@ -8097,335 +9583,338 @@
         <v>2755.1</v>
       </c>
       <c r="M16" s="22">
         <v>81.3</v>
       </c>
       <c r="N16" s="21">
         <v>0.3</v>
       </c>
       <c r="O16" s="22">
         <v>357.8</v>
       </c>
       <c r="P16" s="23">
         <v>9.1</v>
       </c>
       <c r="Q16" s="21">
         <v>167.4</v>
       </c>
       <c r="R16" s="22">
         <v>122.2</v>
       </c>
       <c r="S16" s="23">
         <v>13823.6</v>
       </c>
     </row>
     <row r="17" spans="1:19" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A17" s="7" t="s">
-        <v>28</v>
+      <c r="A17" s="112" t="s">
+        <v>33</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
-      <c r="P17" s="47"/>
+      <c r="P17" s="46"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
-      <c r="S17" s="47"/>
+      <c r="S17" s="46"/>
     </row>
     <row r="18" spans="1:19" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A18" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S18" s="81"/>
+      <c r="A18" s="117" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="117"/>
+      <c r="C18" s="117"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="117"/>
+      <c r="G18" s="117"/>
+      <c r="H18" s="117"/>
+      <c r="I18" s="117"/>
+      <c r="J18" s="117"/>
+      <c r="K18" s="117"/>
+      <c r="L18" s="117"/>
+      <c r="M18" s="117"/>
+      <c r="N18" s="117"/>
+      <c r="O18" s="117"/>
+      <c r="P18" s="117"/>
+      <c r="Q18" s="117"/>
+      <c r="R18" s="117"/>
+      <c r="S18" s="117"/>
     </row>
     <row r="19" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A19" s="39" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B19" s="38"/>
       <c r="C19" s="38"/>
       <c r="D19" s="38"/>
       <c r="E19" s="38"/>
       <c r="F19" s="38"/>
       <c r="G19" s="38"/>
       <c r="H19" s="38"/>
-      <c r="I19" s="47"/>
-[...9 lines deleted...]
-      <c r="S19" s="47"/>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="46"/>
+      <c r="O19" s="46"/>
+      <c r="P19" s="46"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="46"/>
+      <c r="S19" s="46"/>
     </row>
     <row r="20" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A20" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S20" s="47"/>
+      <c r="A20" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="117"/>
+      <c r="C20" s="117"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="117"/>
+      <c r="G20" s="117"/>
+      <c r="H20" s="117"/>
+      <c r="I20" s="117"/>
+      <c r="J20" s="117"/>
+      <c r="K20" s="117"/>
+      <c r="L20" s="117"/>
+      <c r="M20" s="117"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
     </row>
     <row r="21" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A21" s="40"/>
-[...11 lines deleted...]
-      <c r="M21" s="40"/>
+      <c r="A21" s="117" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="117"/>
+      <c r="C21" s="117"/>
+      <c r="D21" s="117"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="117"/>
+      <c r="H21" s="117"/>
+      <c r="I21" s="117"/>
+      <c r="J21" s="117"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
+  <mergeCells count="12">
+    <mergeCell ref="A21:M21"/>
     <mergeCell ref="Q3:S4"/>
     <mergeCell ref="A20:M20"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="K3:P3"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="A18:S18"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="58" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:S20"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <dimension ref="A1:S21"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="B1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3:A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="103.5703125" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="19" width="15.7109375" style="3" customWidth="1"/>
     <col min="20" max="16384" width="11.42578125" style="3"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
     </row>
     <row r="2" spans="1:19" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="5"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="S2" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="82" t="s">
+      <c r="A3" s="124" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="85" t="s">
+      <c r="B3" s="127" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="86"/>
-[...7 lines deleted...]
-      <c r="K3" s="85" t="s">
+      <c r="C3" s="128"/>
+      <c r="D3" s="128"/>
+      <c r="E3" s="128"/>
+      <c r="F3" s="128"/>
+      <c r="G3" s="128"/>
+      <c r="H3" s="128"/>
+      <c r="I3" s="128"/>
+      <c r="J3" s="128"/>
+      <c r="K3" s="127" t="s">
         <v>12</v>
       </c>
-      <c r="L3" s="86"/>
-[...4 lines deleted...]
-      <c r="Q3" s="75" t="s">
+      <c r="L3" s="128"/>
+      <c r="M3" s="128"/>
+      <c r="N3" s="128"/>
+      <c r="O3" s="128"/>
+      <c r="P3" s="129"/>
+      <c r="Q3" s="118" t="s">
         <v>10</v>
       </c>
-      <c r="R3" s="76"/>
-      <c r="S3" s="77"/>
+      <c r="R3" s="119"/>
+      <c r="S3" s="120"/>
     </row>
     <row r="4" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="83"/>
-      <c r="B4" s="88" t="s">
+      <c r="A4" s="125"/>
+      <c r="B4" s="130" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="89"/>
-[...1 lines deleted...]
-      <c r="E4" s="88" t="s">
+      <c r="C4" s="131"/>
+      <c r="D4" s="132"/>
+      <c r="E4" s="130" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="89"/>
-[...1 lines deleted...]
-      <c r="H4" s="88" t="s">
+      <c r="F4" s="131"/>
+      <c r="G4" s="132"/>
+      <c r="H4" s="130" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="89"/>
-[...1 lines deleted...]
-      <c r="K4" s="88" t="s">
+      <c r="I4" s="131"/>
+      <c r="J4" s="132"/>
+      <c r="K4" s="130" t="s">
         <v>18</v>
       </c>
-      <c r="L4" s="89"/>
-[...1 lines deleted...]
-      <c r="N4" s="88" t="s">
+      <c r="L4" s="131"/>
+      <c r="M4" s="132"/>
+      <c r="N4" s="130" t="s">
         <v>19</v>
       </c>
-      <c r="O4" s="86"/>
-[...3 lines deleted...]
-      <c r="S4" s="80"/>
+      <c r="O4" s="128"/>
+      <c r="P4" s="129"/>
+      <c r="Q4" s="121"/>
+      <c r="R4" s="122"/>
+      <c r="S4" s="123"/>
     </row>
     <row r="5" spans="1:19" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="84"/>
+      <c r="A5" s="126"/>
       <c r="B5" s="30" t="s">
         <v>24</v>
       </c>
       <c r="C5" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="50" t="s">
+      <c r="D5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="E5" s="30" t="s">
         <v>24</v>
       </c>
       <c r="F5" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="50" t="s">
+      <c r="G5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="H5" s="30" t="s">
         <v>24</v>
       </c>
       <c r="I5" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="J5" s="50" t="s">
+      <c r="J5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="K5" s="30" t="s">
         <v>24</v>
       </c>
       <c r="L5" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="M5" s="50" t="s">
+      <c r="M5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="N5" s="30" t="s">
         <v>24</v>
       </c>
       <c r="O5" s="31" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="50" t="s">
+      <c r="P5" s="49" t="s">
         <v>27</v>
       </c>
       <c r="Q5" s="35" t="s">
         <v>24</v>
       </c>
       <c r="R5" s="36" t="s">
         <v>25</v>
       </c>
       <c r="S5" s="37" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:19" s="10" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="13">
         <v>0.1</v>
       </c>
       <c r="C6" s="14">
         <v>20.2</v>
       </c>
       <c r="D6" s="14">
         <v>0.9</v>
       </c>
@@ -9044,924 +10533,944 @@
         <v>3186.5</v>
       </c>
       <c r="M16" s="22">
         <v>94</v>
       </c>
       <c r="N16" s="21">
         <v>0.3</v>
       </c>
       <c r="O16" s="22">
         <v>429.8</v>
       </c>
       <c r="P16" s="23">
         <v>11</v>
       </c>
       <c r="Q16" s="21">
         <v>167.9</v>
       </c>
       <c r="R16" s="22">
         <v>118.6</v>
       </c>
       <c r="S16" s="23">
         <v>14020.3</v>
       </c>
     </row>
     <row r="17" spans="1:19" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A17" s="7" t="s">
-        <v>28</v>
+      <c r="A17" s="112" t="s">
+        <v>33</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
-      <c r="P17" s="47"/>
+      <c r="P17" s="46"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
-      <c r="S17" s="47"/>
+      <c r="S17" s="46"/>
     </row>
     <row r="18" spans="1:19" s="9" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A18" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S18" s="81"/>
+      <c r="A18" s="117" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="117"/>
+      <c r="C18" s="117"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="117"/>
+      <c r="G18" s="117"/>
+      <c r="H18" s="117"/>
+      <c r="I18" s="117"/>
+      <c r="J18" s="117"/>
+      <c r="K18" s="117"/>
+      <c r="L18" s="117"/>
+      <c r="M18" s="117"/>
+      <c r="N18" s="117"/>
+      <c r="O18" s="117"/>
+      <c r="P18" s="117"/>
+      <c r="Q18" s="117"/>
+      <c r="R18" s="117"/>
+      <c r="S18" s="117"/>
     </row>
     <row r="19" spans="1:19" x14ac:dyDescent="0.2">
       <c r="A19" s="39" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B19" s="38"/>
       <c r="C19" s="38"/>
       <c r="D19" s="38"/>
       <c r="E19" s="38"/>
       <c r="F19" s="38"/>
       <c r="G19" s="38"/>
       <c r="H19" s="38"/>
-      <c r="I19" s="47"/>
-[...9 lines deleted...]
-      <c r="S19" s="47"/>
+      <c r="I19" s="46"/>
+      <c r="J19" s="46"/>
+      <c r="K19" s="46"/>
+      <c r="L19" s="46"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="46"/>
+      <c r="O19" s="46"/>
+      <c r="P19" s="46"/>
+      <c r="Q19" s="46"/>
+      <c r="R19" s="46"/>
+      <c r="S19" s="46"/>
     </row>
     <row r="20" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A20" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S20" s="47"/>
+      <c r="A20" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="117"/>
+      <c r="C20" s="117"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="117"/>
+      <c r="G20" s="117"/>
+      <c r="H20" s="117"/>
+      <c r="I20" s="117"/>
+      <c r="J20" s="117"/>
+      <c r="K20" s="117"/>
+      <c r="L20" s="117"/>
+      <c r="M20" s="117"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A21" s="117" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="117"/>
+      <c r="C21" s="117"/>
+      <c r="D21" s="117"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="117"/>
+      <c r="H21" s="117"/>
+      <c r="I21" s="117"/>
+      <c r="J21" s="117"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
+  <mergeCells count="12">
+    <mergeCell ref="A21:M21"/>
     <mergeCell ref="Q3:S4"/>
     <mergeCell ref="A20:M20"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="K3:P3"/>
     <mergeCell ref="A18:S18"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="75" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S21"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3:A5"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="103.5703125" style="41" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="20" max="16384" width="11.42578125" style="41"/>
+    <col min="1" max="1" width="103.5703125" style="40" bestFit="1" customWidth="1"/>
+    <col min="2" max="19" width="15.7109375" style="40" customWidth="1"/>
+    <col min="20" max="16384" width="11.42578125" style="40"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
     </row>
     <row r="2" spans="1:19" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="5"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="S2" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="82" t="s">
+      <c r="A3" s="124" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="93" t="s">
+      <c r="B3" s="135" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="94"/>
-[...7 lines deleted...]
-      <c r="K3" s="93" t="s">
+      <c r="C3" s="136"/>
+      <c r="D3" s="136"/>
+      <c r="E3" s="136"/>
+      <c r="F3" s="136"/>
+      <c r="G3" s="136"/>
+      <c r="H3" s="136"/>
+      <c r="I3" s="136"/>
+      <c r="J3" s="136"/>
+      <c r="K3" s="135" t="s">
         <v>12</v>
       </c>
-      <c r="L3" s="94"/>
-[...4 lines deleted...]
-      <c r="Q3" s="96" t="s">
+      <c r="L3" s="136"/>
+      <c r="M3" s="136"/>
+      <c r="N3" s="136"/>
+      <c r="O3" s="136"/>
+      <c r="P3" s="137"/>
+      <c r="Q3" s="138" t="s">
         <v>10</v>
       </c>
-      <c r="R3" s="97"/>
-      <c r="S3" s="98"/>
+      <c r="R3" s="139"/>
+      <c r="S3" s="140"/>
     </row>
     <row r="4" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="83"/>
-      <c r="B4" s="102" t="s">
+      <c r="A4" s="125"/>
+      <c r="B4" s="144" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="103"/>
-[...1 lines deleted...]
-      <c r="E4" s="102" t="s">
+      <c r="C4" s="145"/>
+      <c r="D4" s="146"/>
+      <c r="E4" s="144" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="103"/>
-[...1 lines deleted...]
-      <c r="H4" s="102" t="s">
+      <c r="F4" s="145"/>
+      <c r="G4" s="146"/>
+      <c r="H4" s="144" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="103"/>
-[...1 lines deleted...]
-      <c r="K4" s="102" t="s">
+      <c r="I4" s="145"/>
+      <c r="J4" s="146"/>
+      <c r="K4" s="144" t="s">
         <v>18</v>
       </c>
-      <c r="L4" s="103"/>
-[...1 lines deleted...]
-      <c r="N4" s="102" t="s">
+      <c r="L4" s="145"/>
+      <c r="M4" s="146"/>
+      <c r="N4" s="144" t="s">
         <v>19</v>
       </c>
-      <c r="O4" s="94"/>
-[...3 lines deleted...]
-      <c r="S4" s="101"/>
+      <c r="O4" s="136"/>
+      <c r="P4" s="137"/>
+      <c r="Q4" s="141"/>
+      <c r="R4" s="142"/>
+      <c r="S4" s="143"/>
     </row>
     <row r="5" spans="1:19" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="84"/>
-      <c r="B5" s="48" t="s">
+      <c r="A5" s="126"/>
+      <c r="B5" s="47" t="s">
         <v>24</v>
       </c>
-      <c r="C5" s="49" t="s">
+      <c r="C5" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="50" t="s">
+      <c r="D5" s="49" t="s">
         <v>27</v>
       </c>
-      <c r="E5" s="48" t="s">
+      <c r="E5" s="47" t="s">
         <v>24</v>
       </c>
-      <c r="F5" s="49" t="s">
+      <c r="F5" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="50" t="s">
+      <c r="G5" s="49" t="s">
         <v>27</v>
       </c>
-      <c r="H5" s="48" t="s">
+      <c r="H5" s="47" t="s">
         <v>24</v>
       </c>
-      <c r="I5" s="49" t="s">
+      <c r="I5" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="J5" s="50" t="s">
+      <c r="J5" s="49" t="s">
         <v>27</v>
       </c>
-      <c r="K5" s="48" t="s">
+      <c r="K5" s="47" t="s">
         <v>24</v>
       </c>
-      <c r="L5" s="49" t="s">
+      <c r="L5" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="M5" s="50" t="s">
+      <c r="M5" s="49" t="s">
         <v>27</v>
       </c>
-      <c r="N5" s="48" t="s">
+      <c r="N5" s="47" t="s">
         <v>24</v>
       </c>
-      <c r="O5" s="49" t="s">
+      <c r="O5" s="48" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="50" t="s">
+      <c r="P5" s="49" t="s">
         <v>27</v>
       </c>
-      <c r="Q5" s="48" t="s">
+      <c r="Q5" s="47" t="s">
         <v>24</v>
       </c>
-      <c r="R5" s="49" t="s">
+      <c r="R5" s="48" t="s">
         <v>25</v>
       </c>
-      <c r="S5" s="50" t="s">
+      <c r="S5" s="49" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="6" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="51">
+      <c r="B6" s="50">
         <v>0.1</v>
       </c>
-      <c r="C6" s="52">
+      <c r="C6" s="51">
         <v>22.9</v>
       </c>
-      <c r="D6" s="52">
+      <c r="D6" s="51">
         <v>1</v>
       </c>
-      <c r="E6" s="51">
+      <c r="E6" s="50">
         <v>0.1</v>
       </c>
-      <c r="F6" s="52">
+      <c r="F6" s="51">
         <v>5.2</v>
       </c>
-      <c r="G6" s="53">
+      <c r="G6" s="52">
         <v>0.2</v>
       </c>
-      <c r="H6" s="52">
+      <c r="H6" s="51">
         <v>0.1</v>
       </c>
-      <c r="I6" s="54">
+      <c r="I6" s="53">
         <v>11</v>
       </c>
-      <c r="J6" s="55">
+      <c r="J6" s="54">
         <v>1</v>
       </c>
-      <c r="K6" s="54" t="s">
-[...8 lines deleted...]
-      <c r="N6" s="56">
+      <c r="K6" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="L6" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="M6" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" s="55">
         <v>0</v>
       </c>
-      <c r="O6" s="54">
+      <c r="O6" s="53">
         <v>0</v>
       </c>
-      <c r="P6" s="57">
+      <c r="P6" s="56">
         <v>0</v>
       </c>
-      <c r="Q6" s="56">
+      <c r="Q6" s="55">
         <v>0.1</v>
       </c>
-      <c r="R6" s="54">
+      <c r="R6" s="53">
         <v>0.1</v>
       </c>
-      <c r="S6" s="57">
+      <c r="S6" s="56">
         <v>0.9</v>
       </c>
     </row>
-    <row r="7" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="25" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="13">
         <v>2.4</v>
       </c>
       <c r="C7" s="14">
         <v>427.9</v>
       </c>
       <c r="D7" s="15">
         <v>18.2</v>
       </c>
       <c r="E7" s="13">
         <v>2.2999999999999998</v>
       </c>
       <c r="F7" s="14">
         <v>93.6</v>
       </c>
       <c r="G7" s="15">
         <v>4</v>
       </c>
       <c r="H7" s="14">
         <v>2.2000000000000002</v>
       </c>
       <c r="I7" s="16">
         <v>220.8</v>
       </c>
       <c r="J7" s="17">
         <v>20.7</v>
       </c>
       <c r="K7" s="16">
         <v>0</v>
       </c>
       <c r="L7" s="16">
         <v>5.3</v>
       </c>
       <c r="M7" s="17">
         <v>0.2</v>
       </c>
-      <c r="N7" s="54" t="s">
-[...5 lines deleted...]
-      <c r="P7" s="54" t="s">
+      <c r="N7" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="O7" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" s="53" t="s">
         <v>20</v>
       </c>
       <c r="Q7" s="20">
         <v>2.4</v>
       </c>
       <c r="R7" s="16">
         <v>2.2000000000000002</v>
       </c>
-      <c r="S7" s="42">
+      <c r="S7" s="41">
         <v>37.6</v>
       </c>
     </row>
-    <row r="8" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="25" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="13">
         <v>0.4</v>
       </c>
       <c r="C8" s="14">
         <v>187</v>
       </c>
       <c r="D8" s="15">
         <v>7.9</v>
       </c>
       <c r="E8" s="13">
         <v>0.4</v>
       </c>
       <c r="F8" s="14">
         <v>23.5</v>
       </c>
       <c r="G8" s="15">
         <v>1</v>
       </c>
       <c r="H8" s="14">
         <v>0.4</v>
       </c>
       <c r="I8" s="16">
         <v>118.1</v>
       </c>
       <c r="J8" s="17">
         <v>11.3</v>
       </c>
-      <c r="K8" s="54" t="s">
-[...14 lines deleted...]
-      <c r="P8" s="54" t="s">
+      <c r="K8" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="L8" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="M8" s="54" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="O8" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" s="53" t="s">
         <v>20</v>
       </c>
       <c r="Q8" s="20">
         <v>0.4</v>
       </c>
       <c r="R8" s="16">
         <v>0.3</v>
       </c>
-      <c r="S8" s="42">
+      <c r="S8" s="41">
         <v>8.1999999999999993</v>
       </c>
     </row>
-    <row r="9" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="25" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="13">
         <v>2</v>
       </c>
       <c r="C9" s="14">
         <v>10532.8</v>
       </c>
       <c r="D9" s="15">
         <v>447.6</v>
       </c>
       <c r="E9" s="13">
         <v>1.9</v>
       </c>
       <c r="F9" s="14">
         <v>2458.6999999999998</v>
       </c>
       <c r="G9" s="15">
         <v>104.5</v>
       </c>
       <c r="H9" s="14">
         <v>1.7</v>
       </c>
       <c r="I9" s="16">
         <v>5308</v>
       </c>
       <c r="J9" s="17">
         <v>496.3</v>
       </c>
       <c r="K9" s="16">
         <v>0.2</v>
       </c>
       <c r="L9" s="16">
         <v>251.3</v>
       </c>
       <c r="M9" s="17">
         <v>7.4</v>
       </c>
-      <c r="N9" s="54" t="s">
-[...5 lines deleted...]
-      <c r="P9" s="54" t="s">
+      <c r="N9" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="O9" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" s="53" t="s">
         <v>20</v>
       </c>
       <c r="Q9" s="20">
         <v>2.2000000000000002</v>
       </c>
       <c r="R9" s="16">
         <v>1.7</v>
       </c>
-      <c r="S9" s="42">
+      <c r="S9" s="41">
         <v>608.79999999999995</v>
       </c>
     </row>
-    <row r="10" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="25" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="13">
         <v>0.5</v>
       </c>
       <c r="C10" s="14">
         <v>1366.8</v>
       </c>
       <c r="D10" s="15">
         <v>58.1</v>
       </c>
       <c r="E10" s="13">
         <v>0.5</v>
       </c>
       <c r="F10" s="14">
         <v>134.80000000000001</v>
       </c>
       <c r="G10" s="15">
         <v>5.7</v>
       </c>
       <c r="H10" s="14">
         <v>0.4</v>
       </c>
       <c r="I10" s="16">
         <v>791.4</v>
       </c>
       <c r="J10" s="17">
         <v>74</v>
       </c>
-      <c r="K10" s="54" t="s">
-[...5 lines deleted...]
-      <c r="M10" s="55" t="s">
+      <c r="K10" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="L10" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="M10" s="54" t="s">
         <v>20</v>
       </c>
       <c r="N10" s="16">
         <v>0</v>
       </c>
       <c r="O10" s="16">
         <v>0</v>
       </c>
-      <c r="P10" s="44">
+      <c r="P10" s="43">
         <v>0</v>
       </c>
       <c r="Q10" s="20">
         <v>0.5</v>
       </c>
       <c r="R10" s="16">
         <v>0.3</v>
       </c>
-      <c r="S10" s="42">
+      <c r="S10" s="41">
         <v>100.2</v>
       </c>
     </row>
-    <row r="11" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="25" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="13">
         <v>25.9</v>
       </c>
       <c r="C11" s="14">
         <v>41572</v>
       </c>
       <c r="D11" s="15">
         <v>1766.8</v>
       </c>
       <c r="E11" s="13">
         <v>24.8</v>
       </c>
       <c r="F11" s="14">
         <v>6010.1</v>
       </c>
       <c r="G11" s="15">
         <v>255.4</v>
       </c>
       <c r="H11" s="14">
         <v>23.2</v>
       </c>
       <c r="I11" s="16">
         <v>29056.400000000001</v>
       </c>
       <c r="J11" s="17">
         <v>2716.8</v>
       </c>
       <c r="K11" s="16">
         <v>0.3</v>
       </c>
       <c r="L11" s="16">
         <v>354.7</v>
       </c>
       <c r="M11" s="17">
         <v>10.5</v>
       </c>
       <c r="N11" s="16">
         <v>0</v>
       </c>
       <c r="O11" s="16">
         <v>27.7</v>
       </c>
-      <c r="P11" s="44">
+      <c r="P11" s="43">
         <v>0.7</v>
       </c>
       <c r="Q11" s="20">
         <v>26.2</v>
       </c>
       <c r="R11" s="16">
         <v>23.2</v>
       </c>
-      <c r="S11" s="42">
+      <c r="S11" s="41">
         <v>3996</v>
       </c>
     </row>
-    <row r="12" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="25" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="13">
         <v>4</v>
       </c>
       <c r="C12" s="14">
         <v>3604.6</v>
       </c>
       <c r="D12" s="15">
         <v>153.19999999999999</v>
       </c>
       <c r="E12" s="13">
         <v>3.4</v>
       </c>
       <c r="F12" s="14">
         <v>761</v>
       </c>
       <c r="G12" s="15">
         <v>32.299999999999997</v>
       </c>
       <c r="H12" s="14">
         <v>3</v>
       </c>
       <c r="I12" s="16">
         <v>1977</v>
       </c>
       <c r="J12" s="17">
         <v>184.9</v>
       </c>
       <c r="K12" s="16">
         <v>0</v>
       </c>
       <c r="L12" s="16">
         <v>92.5</v>
       </c>
       <c r="M12" s="17">
         <v>2.7</v>
       </c>
-      <c r="N12" s="54" t="s">
-[...5 lines deleted...]
-      <c r="P12" s="54" t="s">
+      <c r="N12" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="O12" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" s="53" t="s">
         <v>20</v>
       </c>
       <c r="Q12" s="20">
         <v>4</v>
       </c>
       <c r="R12" s="16">
         <v>2.9</v>
       </c>
-      <c r="S12" s="42">
+      <c r="S12" s="41">
         <v>338.8</v>
       </c>
     </row>
-    <row r="13" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="25" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="13">
         <v>44.5</v>
       </c>
       <c r="C13" s="14">
         <v>11648.4</v>
       </c>
       <c r="D13" s="15">
         <v>495.1</v>
       </c>
       <c r="E13" s="13">
         <v>36.200000000000003</v>
       </c>
       <c r="F13" s="14">
         <v>1965.6</v>
       </c>
       <c r="G13" s="15">
         <v>83.5</v>
       </c>
       <c r="H13" s="14">
         <v>29.7</v>
       </c>
       <c r="I13" s="16">
         <v>6981.9</v>
       </c>
       <c r="J13" s="17">
         <v>653</v>
       </c>
       <c r="K13" s="16">
         <v>0.2</v>
       </c>
       <c r="L13" s="16">
         <v>102.3</v>
       </c>
       <c r="M13" s="17">
         <v>3</v>
       </c>
       <c r="N13" s="16">
         <v>0</v>
       </c>
       <c r="O13" s="16">
         <v>33.5</v>
       </c>
-      <c r="P13" s="44">
+      <c r="P13" s="43">
         <v>0.9</v>
       </c>
       <c r="Q13" s="20">
         <v>44.7</v>
       </c>
       <c r="R13" s="16">
         <v>28.8</v>
       </c>
-      <c r="S13" s="42">
+      <c r="S13" s="41">
         <v>943.3</v>
       </c>
     </row>
-    <row r="14" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="25" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="13">
         <v>68.599999999999994</v>
       </c>
       <c r="C14" s="14">
         <v>96873.9</v>
       </c>
       <c r="D14" s="15">
         <v>4117.1000000000004</v>
       </c>
       <c r="E14" s="13">
         <v>64.099999999999994</v>
       </c>
       <c r="F14" s="14">
         <v>22993.599999999999</v>
       </c>
       <c r="G14" s="15">
         <v>977.2</v>
       </c>
       <c r="H14" s="14">
         <v>58.3</v>
       </c>
       <c r="I14" s="16">
         <v>44251.5</v>
       </c>
       <c r="J14" s="17">
         <v>4137.6000000000004</v>
       </c>
       <c r="K14" s="16">
         <v>1.1000000000000001</v>
       </c>
       <c r="L14" s="16">
         <v>2550</v>
       </c>
       <c r="M14" s="16">
         <v>75.2</v>
       </c>
       <c r="N14" s="20">
         <v>0.1</v>
       </c>
       <c r="O14" s="16">
         <v>493.4</v>
       </c>
-      <c r="P14" s="42">
+      <c r="P14" s="41">
         <v>12.6</v>
       </c>
       <c r="Q14" s="20">
         <v>69.8</v>
       </c>
       <c r="R14" s="16">
         <v>55.7</v>
       </c>
-      <c r="S14" s="42">
+      <c r="S14" s="41">
         <v>8537.1</v>
       </c>
     </row>
-    <row r="15" spans="1:19" s="45" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:19" s="44" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="25" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="13">
         <v>18</v>
       </c>
       <c r="C15" s="14">
         <v>7335.4</v>
       </c>
       <c r="D15" s="15">
         <v>312.89999999999998</v>
       </c>
       <c r="E15" s="13">
         <v>15.9</v>
       </c>
       <c r="F15" s="14">
         <v>1633.8</v>
       </c>
       <c r="G15" s="15">
         <v>69.5</v>
       </c>
       <c r="H15" s="14">
         <v>14.5</v>
       </c>
       <c r="I15" s="16">
         <v>3406.8</v>
       </c>
       <c r="J15" s="17">
         <v>321.10000000000002</v>
       </c>
       <c r="K15" s="16">
         <v>0.2</v>
       </c>
       <c r="L15" s="16">
         <v>101.1</v>
       </c>
       <c r="M15" s="16">
         <v>3</v>
       </c>
       <c r="N15" s="20">
         <v>0.1</v>
       </c>
       <c r="O15" s="16">
         <v>19.100000000000001</v>
       </c>
-      <c r="P15" s="42">
+      <c r="P15" s="41">
         <v>0.5</v>
       </c>
       <c r="Q15" s="20">
         <v>18.2</v>
       </c>
       <c r="R15" s="16">
         <v>7.6</v>
       </c>
-      <c r="S15" s="42">
+      <c r="S15" s="41">
         <v>488.6</v>
       </c>
     </row>
-    <row r="16" spans="1:19" s="46" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:19" s="45" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="26" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="21">
         <v>166.3</v>
       </c>
       <c r="C16" s="22">
         <v>173571.8</v>
       </c>
       <c r="D16" s="23">
         <v>7378</v>
       </c>
       <c r="E16" s="21">
         <v>149.5</v>
       </c>
       <c r="F16" s="22">
         <v>36079.9</v>
       </c>
       <c r="G16" s="23">
         <v>1533.5</v>
       </c>
       <c r="H16" s="22">
         <v>133.5</v>
       </c>
       <c r="I16" s="22">
@@ -9976,2072 +11485,2075 @@
       <c r="L16" s="22">
         <v>3463.8</v>
       </c>
       <c r="M16" s="22">
         <v>102.2</v>
       </c>
       <c r="N16" s="21">
         <v>0.3</v>
       </c>
       <c r="O16" s="22">
         <v>622.1</v>
       </c>
       <c r="P16" s="23">
         <v>15.9</v>
       </c>
       <c r="Q16" s="21">
         <v>168.6</v>
       </c>
       <c r="R16" s="22">
         <v>122.8</v>
       </c>
       <c r="S16" s="23">
         <v>15059.4</v>
       </c>
     </row>
-    <row r="17" spans="1:19" s="47" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>28</v>
+    <row r="17" spans="1:19" s="46" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A17" s="112" t="s">
+        <v>33</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
     </row>
-    <row r="18" spans="1:19" s="47" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-[...22 lines deleted...]
-    <row r="19" spans="1:19" s="47" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+    <row r="18" spans="1:19" s="46" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A18" s="117" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="117"/>
+      <c r="C18" s="117"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="117"/>
+      <c r="G18" s="117"/>
+      <c r="H18" s="117"/>
+      <c r="I18" s="117"/>
+      <c r="J18" s="117"/>
+      <c r="K18" s="117"/>
+      <c r="L18" s="117"/>
+      <c r="M18" s="117"/>
+      <c r="N18" s="117"/>
+      <c r="O18" s="117"/>
+      <c r="P18" s="117"/>
+      <c r="Q18" s="117"/>
+      <c r="R18" s="117"/>
+      <c r="S18" s="117"/>
+    </row>
+    <row r="19" spans="1:19" s="46" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
       <c r="A19" s="39" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B19" s="38"/>
       <c r="C19" s="38"/>
       <c r="D19" s="38"/>
       <c r="E19" s="38"/>
       <c r="F19" s="38"/>
       <c r="G19" s="38"/>
       <c r="H19" s="38"/>
     </row>
     <row r="20" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A20" s="81" t="s">
-[...19 lines deleted...]
-      <c r="S20" s="47"/>
+      <c r="A20" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="117"/>
+      <c r="C20" s="117"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="117"/>
+      <c r="G20" s="117"/>
+      <c r="H20" s="117"/>
+      <c r="I20" s="117"/>
+      <c r="J20" s="117"/>
+      <c r="K20" s="117"/>
+      <c r="L20" s="117"/>
+      <c r="M20" s="117"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
     </row>
     <row r="21" spans="1:19" x14ac:dyDescent="0.2">
-      <c r="A21" s="81" t="s">
-[...13 lines deleted...]
-      <c r="M21" s="81"/>
+      <c r="A21" s="117" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="117"/>
+      <c r="C21" s="117"/>
+      <c r="D21" s="117"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="117"/>
+      <c r="H21" s="117"/>
+      <c r="I21" s="117"/>
+      <c r="J21" s="117"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A21:M21"/>
     <mergeCell ref="A20:M20"/>
     <mergeCell ref="A18:S18"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="K3:P3"/>
     <mergeCell ref="Q3:S4"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="50" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S21"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B12" sqref="B12"/>
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3:A5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="103.5703125" style="41" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="20" max="16384" width="11.42578125" style="41"/>
+    <col min="1" max="1" width="103.5703125" style="40" bestFit="1" customWidth="1"/>
+    <col min="2" max="19" width="15.7109375" style="40" customWidth="1"/>
+    <col min="20" max="16384" width="11.42578125" style="40"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
     </row>
     <row r="2" spans="1:19" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="5"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="S2" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="82" t="s">
+      <c r="A3" s="124" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="93" t="s">
+      <c r="B3" s="135" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="94"/>
-[...7 lines deleted...]
-      <c r="K3" s="93" t="s">
+      <c r="C3" s="136"/>
+      <c r="D3" s="136"/>
+      <c r="E3" s="136"/>
+      <c r="F3" s="136"/>
+      <c r="G3" s="136"/>
+      <c r="H3" s="136"/>
+      <c r="I3" s="136"/>
+      <c r="J3" s="136"/>
+      <c r="K3" s="135" t="s">
         <v>12</v>
       </c>
-      <c r="L3" s="94"/>
-[...4 lines deleted...]
-      <c r="Q3" s="96" t="s">
+      <c r="L3" s="136"/>
+      <c r="M3" s="136"/>
+      <c r="N3" s="136"/>
+      <c r="O3" s="136"/>
+      <c r="P3" s="137"/>
+      <c r="Q3" s="138" t="s">
         <v>10</v>
       </c>
-      <c r="R3" s="97"/>
-      <c r="S3" s="98"/>
+      <c r="R3" s="139"/>
+      <c r="S3" s="140"/>
     </row>
     <row r="4" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="83"/>
-      <c r="B4" s="102" t="s">
+      <c r="A4" s="125"/>
+      <c r="B4" s="144" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="103"/>
-[...1 lines deleted...]
-      <c r="E4" s="102" t="s">
+      <c r="C4" s="145"/>
+      <c r="D4" s="146"/>
+      <c r="E4" s="144" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="103"/>
-[...1 lines deleted...]
-      <c r="H4" s="102" t="s">
+      <c r="F4" s="145"/>
+      <c r="G4" s="146"/>
+      <c r="H4" s="144" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="103"/>
-[...1 lines deleted...]
-      <c r="K4" s="102" t="s">
+      <c r="I4" s="145"/>
+      <c r="J4" s="146"/>
+      <c r="K4" s="144" t="s">
         <v>18</v>
       </c>
-      <c r="L4" s="103"/>
-[...1 lines deleted...]
-      <c r="N4" s="102" t="s">
+      <c r="L4" s="145"/>
+      <c r="M4" s="146"/>
+      <c r="N4" s="144" t="s">
         <v>19</v>
       </c>
-      <c r="O4" s="94"/>
-[...3 lines deleted...]
-      <c r="S4" s="101"/>
+      <c r="O4" s="136"/>
+      <c r="P4" s="137"/>
+      <c r="Q4" s="141"/>
+      <c r="R4" s="142"/>
+      <c r="S4" s="143"/>
     </row>
     <row r="5" spans="1:19" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="84"/>
-      <c r="B5" s="59" t="s">
+      <c r="A5" s="126"/>
+      <c r="B5" s="58" t="s">
         <v>24</v>
       </c>
-      <c r="C5" s="60" t="s">
+      <c r="C5" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="61" t="s">
+      <c r="D5" s="60" t="s">
         <v>27</v>
       </c>
-      <c r="E5" s="59" t="s">
+      <c r="E5" s="58" t="s">
         <v>24</v>
       </c>
-      <c r="F5" s="60" t="s">
+      <c r="F5" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="61" t="s">
+      <c r="G5" s="60" t="s">
         <v>27</v>
       </c>
-      <c r="H5" s="59" t="s">
+      <c r="H5" s="58" t="s">
         <v>24</v>
       </c>
-      <c r="I5" s="60" t="s">
+      <c r="I5" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="J5" s="61" t="s">
+      <c r="J5" s="60" t="s">
         <v>27</v>
       </c>
-      <c r="K5" s="59" t="s">
+      <c r="K5" s="58" t="s">
         <v>24</v>
       </c>
-      <c r="L5" s="60" t="s">
+      <c r="L5" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="M5" s="61" t="s">
+      <c r="M5" s="60" t="s">
         <v>27</v>
       </c>
-      <c r="N5" s="59" t="s">
+      <c r="N5" s="58" t="s">
         <v>24</v>
       </c>
-      <c r="O5" s="60" t="s">
+      <c r="O5" s="59" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="61" t="s">
+      <c r="P5" s="60" t="s">
         <v>27</v>
       </c>
-      <c r="Q5" s="59" t="s">
+      <c r="Q5" s="58" t="s">
         <v>24</v>
       </c>
-      <c r="R5" s="60" t="s">
+      <c r="R5" s="59" t="s">
         <v>25</v>
       </c>
-      <c r="S5" s="61" t="s">
+      <c r="S5" s="60" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="6" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="51">
+      <c r="B6" s="50">
         <v>0.1</v>
       </c>
-      <c r="C6" s="52">
+      <c r="C6" s="51">
         <v>24.6</v>
       </c>
-      <c r="D6" s="52">
+      <c r="D6" s="51">
         <v>1</v>
       </c>
-      <c r="E6" s="51">
+      <c r="E6" s="50">
         <v>0.1</v>
       </c>
-      <c r="F6" s="52">
+      <c r="F6" s="51">
         <v>5.6</v>
       </c>
-      <c r="G6" s="53">
+      <c r="G6" s="52">
         <v>0.2</v>
       </c>
-      <c r="H6" s="52">
+      <c r="H6" s="51">
         <v>0.1</v>
       </c>
-      <c r="I6" s="54">
+      <c r="I6" s="53">
         <v>12.4</v>
       </c>
-      <c r="J6" s="55">
+      <c r="J6" s="54">
         <v>1.2</v>
       </c>
-      <c r="K6" s="64" t="s">
-[...8 lines deleted...]
-      <c r="N6" s="62">
+      <c r="K6" s="63" t="s">
+        <v>20</v>
+      </c>
+      <c r="L6" s="64" t="s">
+        <v>20</v>
+      </c>
+      <c r="M6" s="65" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" s="61">
         <v>0</v>
       </c>
-      <c r="O6" s="54">
+      <c r="O6" s="53">
         <v>0</v>
       </c>
-      <c r="P6" s="57">
+      <c r="P6" s="56">
         <v>0</v>
       </c>
-      <c r="Q6" s="56">
+      <c r="Q6" s="55">
         <v>0.1</v>
       </c>
-      <c r="R6" s="54">
+      <c r="R6" s="53">
         <v>0.1</v>
       </c>
-      <c r="S6" s="57">
+      <c r="S6" s="56">
         <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="25" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="13">
         <v>2.4</v>
       </c>
       <c r="C7" s="14">
         <v>487.5</v>
       </c>
       <c r="D7" s="15">
         <v>20.7</v>
       </c>
       <c r="E7" s="13">
         <v>2.2999999999999998</v>
       </c>
       <c r="F7" s="14">
         <v>105.2</v>
       </c>
       <c r="G7" s="15">
         <v>4.5</v>
       </c>
       <c r="H7" s="14">
         <v>2.2000000000000002</v>
       </c>
       <c r="I7" s="16">
         <v>262.39999999999998</v>
       </c>
       <c r="J7" s="17">
         <v>24.5</v>
       </c>
       <c r="K7" s="20">
         <v>0</v>
       </c>
       <c r="L7" s="16">
         <v>6.7</v>
       </c>
       <c r="M7" s="17">
         <v>0.2</v>
       </c>
-      <c r="N7" s="54" t="s">
-[...5 lines deleted...]
-      <c r="P7" s="54" t="s">
+      <c r="N7" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="O7" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" s="53" t="s">
         <v>20</v>
       </c>
       <c r="Q7" s="20">
         <v>2.4</v>
       </c>
       <c r="R7" s="16">
         <v>2.2000000000000002</v>
       </c>
-      <c r="S7" s="42">
+      <c r="S7" s="41">
         <v>41.4</v>
       </c>
     </row>
-    <row r="8" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="25" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="13">
         <v>0.4</v>
       </c>
       <c r="C8" s="14">
         <v>162.19999999999999</v>
       </c>
       <c r="D8" s="15">
         <v>6.9</v>
       </c>
       <c r="E8" s="13">
         <v>0.4</v>
       </c>
       <c r="F8" s="14">
         <v>23.4</v>
       </c>
       <c r="G8" s="15">
         <v>1</v>
       </c>
       <c r="H8" s="14">
         <v>0.3</v>
       </c>
       <c r="I8" s="16">
         <v>114.2</v>
       </c>
       <c r="J8" s="17">
         <v>10.7</v>
       </c>
-      <c r="K8" s="67" t="s">
-[...14 lines deleted...]
-      <c r="P8" s="54" t="s">
+      <c r="K8" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="L8" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="M8" s="54" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="O8" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" s="53" t="s">
         <v>20</v>
       </c>
       <c r="Q8" s="20">
         <v>0.4</v>
       </c>
       <c r="R8" s="16">
         <v>0.3</v>
       </c>
-      <c r="S8" s="42">
+      <c r="S8" s="41">
         <v>7.5</v>
       </c>
     </row>
-    <row r="9" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="25" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="13">
         <v>2</v>
       </c>
       <c r="C9" s="14">
         <v>10416</v>
       </c>
       <c r="D9" s="15">
         <v>442.7</v>
       </c>
       <c r="E9" s="13">
         <v>1.9</v>
       </c>
       <c r="F9" s="14">
         <v>2375.3000000000002</v>
       </c>
       <c r="G9" s="15">
         <v>100.9</v>
       </c>
       <c r="H9" s="14">
         <v>1.8</v>
       </c>
       <c r="I9" s="16">
         <v>5411.6</v>
       </c>
       <c r="J9" s="17">
         <v>506</v>
       </c>
       <c r="K9" s="20">
         <v>0.2</v>
       </c>
       <c r="L9" s="16">
         <v>254.4</v>
       </c>
       <c r="M9" s="17">
         <v>7.5</v>
       </c>
-      <c r="N9" s="54" t="s">
-[...5 lines deleted...]
-      <c r="P9" s="54" t="s">
+      <c r="N9" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="O9" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" s="53" t="s">
         <v>20</v>
       </c>
       <c r="Q9" s="20">
         <v>2.2000000000000002</v>
       </c>
       <c r="R9" s="16">
         <v>1.8</v>
       </c>
-      <c r="S9" s="42">
+      <c r="S9" s="41">
         <v>586.1</v>
       </c>
     </row>
-    <row r="10" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="25" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="13">
         <v>0.6</v>
       </c>
       <c r="C10" s="14">
         <v>1474.4</v>
       </c>
       <c r="D10" s="15">
         <v>62.7</v>
       </c>
       <c r="E10" s="13">
         <v>0.5</v>
       </c>
       <c r="F10" s="14">
         <v>163</v>
       </c>
       <c r="G10" s="15">
         <v>6.9</v>
       </c>
       <c r="H10" s="14">
         <v>0.5</v>
       </c>
       <c r="I10" s="16">
         <v>821.3</v>
       </c>
       <c r="J10" s="17">
         <v>76.8</v>
       </c>
-      <c r="K10" s="67" t="s">
-[...14 lines deleted...]
-      <c r="P10" s="54" t="s">
+      <c r="K10" s="66" t="s">
+        <v>20</v>
+      </c>
+      <c r="L10" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="M10" s="54" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="O10" s="53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" s="53" t="s">
         <v>20</v>
       </c>
       <c r="Q10" s="20">
         <v>0.6</v>
       </c>
       <c r="R10" s="16">
         <v>0.3</v>
       </c>
-      <c r="S10" s="42">
+      <c r="S10" s="41">
         <v>111.3</v>
       </c>
     </row>
-    <row r="11" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="25" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="13">
         <v>26.4</v>
       </c>
       <c r="C11" s="14">
         <v>44179.9</v>
       </c>
       <c r="D11" s="15">
         <v>1877.6</v>
       </c>
       <c r="E11" s="13">
         <v>25.2</v>
       </c>
       <c r="F11" s="14">
         <v>6072.1</v>
       </c>
       <c r="G11" s="15">
         <v>258.10000000000002</v>
       </c>
       <c r="H11" s="14">
         <v>23.7</v>
       </c>
       <c r="I11" s="16">
         <v>31193.8</v>
       </c>
       <c r="J11" s="17">
         <v>2916.6</v>
       </c>
       <c r="K11" s="20">
         <v>0.3</v>
       </c>
       <c r="L11" s="16">
         <v>365.5</v>
       </c>
       <c r="M11" s="17">
         <v>10.8</v>
       </c>
       <c r="N11" s="16">
         <v>0</v>
       </c>
       <c r="O11" s="16">
         <v>25.8</v>
       </c>
-      <c r="P11" s="44">
+      <c r="P11" s="43">
         <v>0.7</v>
       </c>
       <c r="Q11" s="20">
         <v>26.8</v>
       </c>
       <c r="R11" s="16">
         <v>23.6</v>
       </c>
-      <c r="S11" s="42">
+      <c r="S11" s="41">
         <v>4092.3</v>
       </c>
     </row>
-    <row r="12" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="25" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="13">
         <v>3.9</v>
       </c>
       <c r="C12" s="14">
         <v>3730.9</v>
       </c>
       <c r="D12" s="15">
         <v>158.6</v>
       </c>
       <c r="E12" s="13">
         <v>3.4</v>
       </c>
       <c r="F12" s="14">
         <v>777.5</v>
       </c>
       <c r="G12" s="15">
         <v>33.1</v>
       </c>
       <c r="H12" s="14">
         <v>3</v>
       </c>
       <c r="I12" s="16">
         <v>2064.3000000000002</v>
       </c>
       <c r="J12" s="17">
         <v>193.2</v>
       </c>
       <c r="K12" s="20">
         <v>0</v>
       </c>
       <c r="L12" s="16">
         <v>95.4</v>
       </c>
       <c r="M12" s="17">
         <v>2.8</v>
       </c>
-      <c r="N12" s="54">
+      <c r="N12" s="53">
         <v>0</v>
       </c>
-      <c r="O12" s="54">
+      <c r="O12" s="53">
         <v>13.3</v>
       </c>
-      <c r="P12" s="54">
+      <c r="P12" s="53">
         <v>0.3</v>
       </c>
       <c r="Q12" s="20">
         <v>4</v>
       </c>
       <c r="R12" s="16">
         <v>2.9</v>
       </c>
-      <c r="S12" s="42">
+      <c r="S12" s="41">
         <v>351.9</v>
       </c>
     </row>
-    <row r="13" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="25" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="13">
         <v>43.3</v>
       </c>
       <c r="C13" s="14">
         <v>12143.4</v>
       </c>
       <c r="D13" s="15">
         <v>516.1</v>
       </c>
       <c r="E13" s="13">
         <v>35.4</v>
       </c>
       <c r="F13" s="14">
         <v>1997.4</v>
       </c>
       <c r="G13" s="15">
         <v>84.9</v>
       </c>
       <c r="H13" s="14">
         <v>29.2</v>
       </c>
       <c r="I13" s="16">
         <v>7399</v>
       </c>
       <c r="J13" s="17">
         <v>691.8</v>
       </c>
       <c r="K13" s="20">
         <v>0.2</v>
       </c>
       <c r="L13" s="16">
         <v>107.4</v>
       </c>
       <c r="M13" s="17">
         <v>3.2</v>
       </c>
       <c r="N13" s="16">
         <v>0</v>
       </c>
       <c r="O13" s="16">
         <v>32.200000000000003</v>
       </c>
-      <c r="P13" s="44">
+      <c r="P13" s="43">
         <v>0.8</v>
       </c>
       <c r="Q13" s="20">
         <v>43.5</v>
       </c>
       <c r="R13" s="16">
         <v>28.3</v>
       </c>
-      <c r="S13" s="42">
+      <c r="S13" s="41">
         <v>970.4</v>
       </c>
     </row>
-    <row r="14" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="25" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="13">
         <v>69.8</v>
       </c>
       <c r="C14" s="14">
         <v>102224.1</v>
       </c>
       <c r="D14" s="15">
         <v>4344.5</v>
       </c>
       <c r="E14" s="13">
         <v>65.3</v>
       </c>
       <c r="F14" s="14">
         <v>23740.3</v>
       </c>
       <c r="G14" s="15">
         <v>1009</v>
       </c>
       <c r="H14" s="14">
         <v>59.6</v>
       </c>
       <c r="I14" s="16">
         <v>48052.1</v>
       </c>
       <c r="J14" s="17">
         <v>4492.8999999999996</v>
       </c>
       <c r="K14" s="20">
         <v>1.1000000000000001</v>
       </c>
       <c r="L14" s="16">
         <v>2657.7</v>
       </c>
       <c r="M14" s="17">
         <v>78.400000000000006</v>
       </c>
       <c r="N14" s="16">
         <v>0.1</v>
       </c>
       <c r="O14" s="16">
         <v>142.4</v>
       </c>
-      <c r="P14" s="42">
+      <c r="P14" s="41">
         <v>3.6</v>
       </c>
       <c r="Q14" s="20">
         <v>70.900000000000006</v>
       </c>
       <c r="R14" s="16">
         <v>57.1</v>
       </c>
-      <c r="S14" s="42">
+      <c r="S14" s="41">
         <v>9139.4</v>
       </c>
     </row>
-    <row r="15" spans="1:19" s="45" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:19" s="44" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="25" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="13">
         <v>18.5</v>
       </c>
       <c r="C15" s="14">
         <v>8014.2</v>
       </c>
       <c r="D15" s="15">
         <v>340.6</v>
       </c>
       <c r="E15" s="13">
         <v>16.600000000000001</v>
       </c>
       <c r="F15" s="14">
         <v>1788.1</v>
       </c>
       <c r="G15" s="15">
         <v>76</v>
       </c>
       <c r="H15" s="14">
         <v>15.3</v>
       </c>
       <c r="I15" s="16">
         <v>3773.3</v>
       </c>
       <c r="J15" s="17">
         <v>352.8</v>
       </c>
-      <c r="K15" s="68">
+      <c r="K15" s="67">
         <v>0.2</v>
       </c>
-      <c r="L15" s="69">
+      <c r="L15" s="68">
         <v>121.1</v>
       </c>
-      <c r="M15" s="70">
+      <c r="M15" s="69">
         <v>3.6</v>
       </c>
       <c r="N15" s="16">
         <v>0.1</v>
       </c>
       <c r="O15" s="16">
         <v>18.5</v>
       </c>
-      <c r="P15" s="42">
+      <c r="P15" s="41">
         <v>0.5</v>
       </c>
       <c r="Q15" s="20">
         <v>18.8</v>
       </c>
       <c r="R15" s="16">
         <v>8</v>
       </c>
-      <c r="S15" s="42">
+      <c r="S15" s="41">
         <v>538.5</v>
       </c>
     </row>
-    <row r="16" spans="1:19" s="46" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:19" s="45" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="26" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="21">
         <v>167.5</v>
       </c>
       <c r="C16" s="22">
         <v>182857.2</v>
       </c>
       <c r="D16" s="23">
         <v>7771.5</v>
       </c>
       <c r="E16" s="21">
         <v>151</v>
       </c>
       <c r="F16" s="22">
         <v>37048</v>
       </c>
       <c r="G16" s="23">
         <v>1574.6</v>
       </c>
       <c r="H16" s="22">
         <v>135.69999999999999</v>
       </c>
       <c r="I16" s="22">
         <v>99104.4</v>
       </c>
       <c r="J16" s="23">
         <v>9266.6</v>
       </c>
-      <c r="K16" s="63">
+      <c r="K16" s="62">
         <v>2.1</v>
       </c>
-      <c r="L16" s="63">
+      <c r="L16" s="62">
         <v>3615.5</v>
       </c>
-      <c r="M16" s="63">
+      <c r="M16" s="62">
         <v>106.7</v>
       </c>
       <c r="N16" s="21">
         <v>0.3</v>
       </c>
       <c r="O16" s="22">
         <v>264.7</v>
       </c>
       <c r="P16" s="23">
         <v>6.7</v>
       </c>
       <c r="Q16" s="21">
         <v>169.7</v>
       </c>
       <c r="R16" s="22">
         <v>124.5</v>
       </c>
       <c r="S16" s="23">
         <v>15839.8</v>
       </c>
     </row>
-    <row r="17" spans="1:19" s="47" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>28</v>
+    <row r="17" spans="1:19" s="46" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A17" s="112" t="s">
+        <v>33</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
     </row>
-    <row r="18" spans="1:19" s="47" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A18" s="81" t="s">
+    <row r="18" spans="1:19" s="46" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A18" s="117" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="117"/>
+      <c r="C18" s="117"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="117"/>
+      <c r="G18" s="117"/>
+      <c r="H18" s="117"/>
+      <c r="I18" s="117"/>
+      <c r="J18" s="117"/>
+      <c r="K18" s="117"/>
+      <c r="L18" s="117"/>
+      <c r="M18" s="117"/>
+      <c r="N18" s="117"/>
+      <c r="O18" s="117"/>
+      <c r="P18" s="117"/>
+      <c r="Q18" s="117"/>
+      <c r="R18" s="117"/>
+      <c r="S18" s="117"/>
+    </row>
+    <row r="19" spans="1:19" s="46" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A19" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19" s="57"/>
+      <c r="C19" s="57"/>
+      <c r="D19" s="57"/>
+      <c r="E19" s="57"/>
+      <c r="F19" s="57"/>
+      <c r="G19" s="57"/>
+      <c r="H19" s="57"/>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A20" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="117"/>
+      <c r="C20" s="117"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="117"/>
+      <c r="G20" s="117"/>
+      <c r="H20" s="117"/>
+      <c r="I20" s="117"/>
+      <c r="J20" s="117"/>
+      <c r="K20" s="117"/>
+      <c r="L20" s="117"/>
+      <c r="M20" s="117"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A21" s="117" t="s">
         <v>31</v>
       </c>
-      <c r="B18" s="81"/>
-[...68 lines deleted...]
-      <c r="M21" s="81"/>
+      <c r="B21" s="117"/>
+      <c r="C21" s="117"/>
+      <c r="D21" s="117"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="117"/>
+      <c r="H21" s="117"/>
+      <c r="I21" s="117"/>
+      <c r="J21" s="117"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A21:M21"/>
     <mergeCell ref="A18:S18"/>
     <mergeCell ref="A20:M20"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="K3:P3"/>
     <mergeCell ref="Q3:S4"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
   </mergeCells>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="8" scale="50" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:S21"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="A3" sqref="A3:A5"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="103.5703125" style="41" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="20" max="16384" width="11.42578125" style="41"/>
+    <col min="1" max="1" width="103.5703125" style="40" bestFit="1" customWidth="1"/>
+    <col min="2" max="19" width="15.7109375" style="40" customWidth="1"/>
+    <col min="20" max="16384" width="11.42578125" style="40"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="87.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1"/>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="2"/>
       <c r="J1" s="2"/>
       <c r="K1" s="2"/>
       <c r="L1" s="2"/>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
       <c r="O1" s="2"/>
       <c r="Q1" s="2"/>
       <c r="R1" s="2"/>
     </row>
     <row r="2" spans="1:19" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A2" s="27"/>
       <c r="B2" s="4"/>
       <c r="C2" s="4"/>
       <c r="D2" s="4"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="5"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
       <c r="O2" s="6"/>
       <c r="P2" s="6"/>
       <c r="S2" s="6" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="82" t="s">
+      <c r="A3" s="124" t="s">
         <v>14</v>
       </c>
-      <c r="B3" s="93" t="s">
+      <c r="B3" s="135" t="s">
         <v>17</v>
       </c>
-      <c r="C3" s="94"/>
-[...7 lines deleted...]
-      <c r="K3" s="93" t="s">
+      <c r="C3" s="136"/>
+      <c r="D3" s="136"/>
+      <c r="E3" s="136"/>
+      <c r="F3" s="136"/>
+      <c r="G3" s="136"/>
+      <c r="H3" s="136"/>
+      <c r="I3" s="136"/>
+      <c r="J3" s="136"/>
+      <c r="K3" s="135" t="s">
         <v>12</v>
       </c>
-      <c r="L3" s="94"/>
-[...4 lines deleted...]
-      <c r="Q3" s="96" t="s">
+      <c r="L3" s="136"/>
+      <c r="M3" s="136"/>
+      <c r="N3" s="136"/>
+      <c r="O3" s="136"/>
+      <c r="P3" s="137"/>
+      <c r="Q3" s="138" t="s">
         <v>10</v>
       </c>
-      <c r="R3" s="97"/>
-      <c r="S3" s="98"/>
+      <c r="R3" s="139"/>
+      <c r="S3" s="140"/>
     </row>
     <row r="4" spans="1:19" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="83"/>
-      <c r="B4" s="102" t="s">
+      <c r="A4" s="125"/>
+      <c r="B4" s="144" t="s">
         <v>13</v>
       </c>
-      <c r="C4" s="103"/>
-[...1 lines deleted...]
-      <c r="E4" s="102" t="s">
+      <c r="C4" s="145"/>
+      <c r="D4" s="146"/>
+      <c r="E4" s="144" t="s">
         <v>21</v>
       </c>
-      <c r="F4" s="103"/>
-[...1 lines deleted...]
-      <c r="H4" s="102" t="s">
+      <c r="F4" s="145"/>
+      <c r="G4" s="146"/>
+      <c r="H4" s="144" t="s">
         <v>22</v>
       </c>
-      <c r="I4" s="103"/>
-[...1 lines deleted...]
-      <c r="K4" s="102" t="s">
+      <c r="I4" s="145"/>
+      <c r="J4" s="146"/>
+      <c r="K4" s="144" t="s">
         <v>18</v>
       </c>
-      <c r="L4" s="103"/>
-[...1 lines deleted...]
-      <c r="N4" s="102" t="s">
+      <c r="L4" s="145"/>
+      <c r="M4" s="146"/>
+      <c r="N4" s="144" t="s">
         <v>19</v>
       </c>
-      <c r="O4" s="94"/>
-[...3 lines deleted...]
-      <c r="S4" s="101"/>
+      <c r="O4" s="136"/>
+      <c r="P4" s="137"/>
+      <c r="Q4" s="141"/>
+      <c r="R4" s="142"/>
+      <c r="S4" s="143"/>
     </row>
     <row r="5" spans="1:19" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="84"/>
-      <c r="B5" s="72" t="s">
+      <c r="A5" s="126"/>
+      <c r="B5" s="71" t="s">
         <v>24</v>
       </c>
-      <c r="C5" s="73" t="s">
+      <c r="C5" s="72" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="74" t="s">
+      <c r="D5" s="73" t="s">
         <v>27</v>
       </c>
-      <c r="E5" s="72" t="s">
+      <c r="E5" s="71" t="s">
         <v>24</v>
       </c>
-      <c r="F5" s="73" t="s">
+      <c r="F5" s="72" t="s">
         <v>15</v>
       </c>
-      <c r="G5" s="74" t="s">
+      <c r="G5" s="73" t="s">
         <v>27</v>
       </c>
-      <c r="H5" s="72" t="s">
+      <c r="H5" s="71" t="s">
         <v>24</v>
       </c>
-      <c r="I5" s="73" t="s">
+      <c r="I5" s="72" t="s">
         <v>15</v>
       </c>
-      <c r="J5" s="74" t="s">
+      <c r="J5" s="73" t="s">
         <v>27</v>
       </c>
-      <c r="K5" s="72" t="s">
+      <c r="K5" s="71" t="s">
         <v>24</v>
       </c>
-      <c r="L5" s="73" t="s">
+      <c r="L5" s="72" t="s">
         <v>15</v>
       </c>
-      <c r="M5" s="74" t="s">
+      <c r="M5" s="73" t="s">
         <v>27</v>
       </c>
-      <c r="N5" s="72" t="s">
+      <c r="N5" s="71" t="s">
         <v>24</v>
       </c>
-      <c r="O5" s="73" t="s">
+      <c r="O5" s="72" t="s">
         <v>15</v>
       </c>
-      <c r="P5" s="74" t="s">
+      <c r="P5" s="73" t="s">
         <v>27</v>
       </c>
-      <c r="Q5" s="72" t="s">
+      <c r="Q5" s="71" t="s">
         <v>24</v>
       </c>
-      <c r="R5" s="73" t="s">
+      <c r="R5" s="72" t="s">
         <v>25</v>
       </c>
-      <c r="S5" s="74" t="s">
+      <c r="S5" s="73" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="6" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="6" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="B6" s="51">
+      <c r="B6" s="50">
         <v>0.1</v>
       </c>
-      <c r="C6" s="52">
+      <c r="C6" s="51">
         <v>27.2</v>
       </c>
-      <c r="D6" s="52">
+      <c r="D6" s="51">
         <v>1.2</v>
       </c>
-      <c r="E6" s="51">
+      <c r="E6" s="50">
         <v>0.1</v>
       </c>
-      <c r="F6" s="52">
+      <c r="F6" s="51">
         <v>5.8</v>
       </c>
-      <c r="G6" s="53">
+      <c r="G6" s="52">
         <v>0.2</v>
       </c>
-      <c r="H6" s="52">
+      <c r="H6" s="51">
         <v>0.1</v>
       </c>
-      <c r="I6" s="54">
+      <c r="I6" s="53">
         <v>12.5</v>
       </c>
-      <c r="J6" s="55">
+      <c r="J6" s="54">
         <v>1.2</v>
       </c>
-      <c r="K6" s="64" t="s">
-[...17 lines deleted...]
-      <c r="Q6" s="56">
+      <c r="K6" s="63" t="s">
+        <v>32</v>
+      </c>
+      <c r="L6" s="64" t="s">
+        <v>32</v>
+      </c>
+      <c r="M6" s="65" t="s">
+        <v>32</v>
+      </c>
+      <c r="N6" s="61" t="s">
+        <v>32</v>
+      </c>
+      <c r="O6" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="P6" s="56" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q6" s="55">
         <v>0.1</v>
       </c>
-      <c r="R6" s="54">
+      <c r="R6" s="53">
         <v>0.1</v>
       </c>
-      <c r="S6" s="57">
+      <c r="S6" s="56">
         <v>1.1000000000000001</v>
       </c>
     </row>
-    <row r="7" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="25" t="s">
         <v>1</v>
       </c>
       <c r="B7" s="13">
         <v>2.2999999999999998</v>
       </c>
       <c r="C7" s="14">
         <v>522.70000000000005</v>
       </c>
       <c r="D7" s="15">
         <v>22.2</v>
       </c>
       <c r="E7" s="13">
         <v>2.2000000000000002</v>
       </c>
       <c r="F7" s="14">
         <v>108.3</v>
       </c>
       <c r="G7" s="15">
         <v>4.5999999999999996</v>
       </c>
       <c r="H7" s="14">
         <v>2.1</v>
       </c>
       <c r="I7" s="16">
         <v>282.60000000000002</v>
       </c>
       <c r="J7" s="17">
         <v>26.4</v>
       </c>
       <c r="K7" s="20">
         <v>0</v>
       </c>
       <c r="L7" s="16">
         <v>7.5</v>
       </c>
       <c r="M7" s="17">
         <v>0.2</v>
       </c>
-      <c r="N7" s="54" t="s">
-[...6 lines deleted...]
-        <v>33</v>
+      <c r="N7" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="O7" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="P7" s="53" t="s">
+        <v>32</v>
       </c>
       <c r="Q7" s="20">
         <v>2.4</v>
       </c>
       <c r="R7" s="16">
         <v>2.1</v>
       </c>
-      <c r="S7" s="42">
+      <c r="S7" s="41">
         <v>40</v>
       </c>
     </row>
-    <row r="8" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="25" t="s">
         <v>2</v>
       </c>
       <c r="B8" s="13">
         <v>0.4</v>
       </c>
       <c r="C8" s="14">
         <v>185.1</v>
       </c>
       <c r="D8" s="15">
         <v>7.9</v>
       </c>
       <c r="E8" s="13">
         <v>0.4</v>
       </c>
       <c r="F8" s="14">
         <v>25.8</v>
       </c>
       <c r="G8" s="15">
         <v>1.1000000000000001</v>
       </c>
       <c r="H8" s="14">
         <v>0.3</v>
       </c>
       <c r="I8" s="16">
         <v>130.1</v>
       </c>
       <c r="J8" s="17">
         <v>12.2</v>
       </c>
-      <c r="K8" s="67" t="s">
-[...15 lines deleted...]
-        <v>33</v>
+      <c r="K8" s="66" t="s">
+        <v>32</v>
+      </c>
+      <c r="L8" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="M8" s="54" t="s">
+        <v>32</v>
+      </c>
+      <c r="N8" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="O8" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="P8" s="53" t="s">
+        <v>32</v>
       </c>
       <c r="Q8" s="20">
         <v>0.4</v>
       </c>
       <c r="R8" s="16">
         <v>0.3</v>
       </c>
-      <c r="S8" s="42">
+      <c r="S8" s="41">
         <v>8.6999999999999993</v>
       </c>
     </row>
-    <row r="9" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="25" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="13">
         <v>2.1</v>
       </c>
       <c r="C9" s="14">
         <v>10749.4</v>
       </c>
       <c r="D9" s="15">
         <v>456.9</v>
       </c>
       <c r="E9" s="13">
         <v>2</v>
       </c>
       <c r="F9" s="14">
         <v>2429</v>
       </c>
       <c r="G9" s="15">
         <v>103.2</v>
       </c>
       <c r="H9" s="14">
         <v>1.8</v>
       </c>
       <c r="I9" s="16">
         <v>5551.9</v>
       </c>
       <c r="J9" s="17">
         <v>519.1</v>
       </c>
       <c r="K9" s="20">
         <v>0.2</v>
       </c>
       <c r="L9" s="16">
         <v>256.7</v>
       </c>
       <c r="M9" s="17">
         <v>7.6</v>
       </c>
-      <c r="N9" s="54" t="s">
-[...6 lines deleted...]
-        <v>33</v>
+      <c r="N9" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="O9" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="P9" s="53" t="s">
+        <v>32</v>
       </c>
       <c r="Q9" s="20">
         <v>2.2000000000000002</v>
       </c>
       <c r="R9" s="16">
         <v>1.8</v>
       </c>
-      <c r="S9" s="42">
+      <c r="S9" s="41">
         <v>578.70000000000005</v>
       </c>
     </row>
-    <row r="10" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="25" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="13">
         <v>0.6</v>
       </c>
       <c r="C10" s="14">
         <v>2656.2</v>
       </c>
       <c r="D10" s="15">
         <v>112.9</v>
       </c>
       <c r="E10" s="13">
         <v>0.6</v>
       </c>
       <c r="F10" s="14">
         <v>324.3</v>
       </c>
       <c r="G10" s="15">
         <v>13.8</v>
       </c>
       <c r="H10" s="14">
         <v>0.5</v>
       </c>
       <c r="I10" s="16">
         <v>1608.2</v>
       </c>
       <c r="J10" s="17">
         <v>150.4</v>
       </c>
-      <c r="K10" s="67">
-[...15 lines deleted...]
-        <v>33</v>
+      <c r="K10" s="66" t="s">
+        <v>32</v>
+      </c>
+      <c r="L10" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="M10" s="54" t="s">
+        <v>32</v>
+      </c>
+      <c r="N10" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="O10" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="P10" s="53" t="s">
+        <v>32</v>
       </c>
       <c r="Q10" s="20">
         <v>0.6</v>
       </c>
       <c r="R10" s="16">
         <v>0.3</v>
       </c>
-      <c r="S10" s="42">
+      <c r="S10" s="41">
         <v>168.8</v>
       </c>
     </row>
-    <row r="11" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="25" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="13">
         <v>27</v>
       </c>
       <c r="C11" s="14">
         <v>46369.9</v>
       </c>
       <c r="D11" s="15">
         <v>1970.7</v>
       </c>
       <c r="E11" s="13">
         <v>25.6</v>
       </c>
       <c r="F11" s="14">
         <v>6421.4</v>
       </c>
       <c r="G11" s="15">
         <v>272.89999999999998</v>
       </c>
       <c r="H11" s="14">
         <v>24</v>
       </c>
       <c r="I11" s="16">
         <v>32817.9</v>
       </c>
       <c r="J11" s="17">
         <v>3068.7</v>
       </c>
       <c r="K11" s="20">
         <v>0.3</v>
       </c>
       <c r="L11" s="16">
         <v>375.7</v>
       </c>
       <c r="M11" s="17">
         <v>11.1</v>
       </c>
       <c r="N11" s="16">
         <v>0</v>
       </c>
       <c r="O11" s="16">
         <v>26.4</v>
       </c>
-      <c r="P11" s="44">
+      <c r="P11" s="43">
         <v>0.7</v>
       </c>
       <c r="Q11" s="20">
         <v>27.3</v>
       </c>
       <c r="R11" s="16">
         <v>24.1</v>
       </c>
-      <c r="S11" s="42">
+      <c r="S11" s="41">
         <v>4212</v>
       </c>
     </row>
-    <row r="12" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="25" t="s">
         <v>6</v>
       </c>
       <c r="B12" s="13">
         <v>4</v>
       </c>
       <c r="C12" s="14">
         <v>3906.8</v>
       </c>
       <c r="D12" s="15">
         <v>166</v>
       </c>
       <c r="E12" s="13">
         <v>3.4</v>
       </c>
       <c r="F12" s="14">
         <v>825.9</v>
       </c>
       <c r="G12" s="15">
         <v>35.1</v>
       </c>
       <c r="H12" s="14">
         <v>3</v>
       </c>
       <c r="I12" s="16">
         <v>2148.3000000000002</v>
       </c>
       <c r="J12" s="17">
         <v>200.9</v>
       </c>
       <c r="K12" s="20">
         <v>0</v>
       </c>
       <c r="L12" s="16">
         <v>102.3</v>
       </c>
       <c r="M12" s="17">
         <v>3</v>
       </c>
-      <c r="N12" s="54" t="s">
-[...6 lines deleted...]
-        <v>33</v>
+      <c r="N12" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="O12" s="53" t="s">
+        <v>32</v>
+      </c>
+      <c r="P12" s="53" t="s">
+        <v>32</v>
       </c>
       <c r="Q12" s="20">
         <v>4.0999999999999996</v>
       </c>
       <c r="R12" s="16">
         <v>2.9</v>
       </c>
-      <c r="S12" s="42">
+      <c r="S12" s="41">
         <v>364.7</v>
       </c>
     </row>
-    <row r="13" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="25" t="s">
         <v>7</v>
       </c>
       <c r="B13" s="13">
         <v>43.1</v>
       </c>
       <c r="C13" s="14">
         <v>13034.4</v>
       </c>
       <c r="D13" s="15">
         <v>554</v>
       </c>
       <c r="E13" s="13">
         <v>35.299999999999997</v>
       </c>
       <c r="F13" s="14">
         <v>2163.8000000000002</v>
       </c>
       <c r="G13" s="15">
         <v>92</v>
       </c>
       <c r="H13" s="14">
         <v>29</v>
       </c>
       <c r="I13" s="16">
         <v>7913.4</v>
       </c>
       <c r="J13" s="17">
         <v>740.2</v>
       </c>
       <c r="K13" s="20">
         <v>0.2</v>
       </c>
       <c r="L13" s="16">
         <v>113.1</v>
       </c>
       <c r="M13" s="17">
         <v>3.3</v>
       </c>
       <c r="N13" s="16">
         <v>0.1</v>
       </c>
       <c r="O13" s="16">
         <v>33.700000000000003</v>
       </c>
-      <c r="P13" s="44">
+      <c r="P13" s="43">
         <v>0.9</v>
       </c>
       <c r="Q13" s="20">
         <v>43.3</v>
       </c>
       <c r="R13" s="16">
         <v>28.3</v>
       </c>
-      <c r="S13" s="42">
+      <c r="S13" s="41">
         <v>1036.8</v>
       </c>
     </row>
-    <row r="14" spans="1:19" s="43" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:19" s="42" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="25" t="s">
         <v>8</v>
       </c>
       <c r="B14" s="13">
         <v>71.2</v>
       </c>
       <c r="C14" s="14">
         <v>107886.7</v>
       </c>
       <c r="D14" s="15">
         <v>4585.3999999999996</v>
       </c>
       <c r="E14" s="13">
         <v>66.400000000000006</v>
       </c>
       <c r="F14" s="14">
         <v>25334.5</v>
       </c>
       <c r="G14" s="15">
         <v>1076.9000000000001</v>
       </c>
       <c r="H14" s="14">
         <v>60.9</v>
       </c>
       <c r="I14" s="16">
         <v>50403.9</v>
       </c>
       <c r="J14" s="17">
         <v>4713.6000000000004</v>
       </c>
       <c r="K14" s="20">
         <v>1.1000000000000001</v>
       </c>
       <c r="L14" s="16">
         <v>2807.3</v>
       </c>
       <c r="M14" s="17">
         <v>82.8</v>
       </c>
       <c r="N14" s="16">
         <v>0.1</v>
       </c>
       <c r="O14" s="16">
         <v>456.4</v>
       </c>
-      <c r="P14" s="42">
+      <c r="P14" s="41">
         <v>11.6</v>
       </c>
       <c r="Q14" s="20">
         <v>72.400000000000006</v>
       </c>
       <c r="R14" s="16">
         <v>58.3</v>
       </c>
-      <c r="S14" s="42">
+      <c r="S14" s="41">
         <v>9628.2999999999993</v>
       </c>
     </row>
-    <row r="15" spans="1:19" s="45" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:19" s="44" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A15" s="25" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="13">
         <v>19.100000000000001</v>
       </c>
       <c r="C15" s="14">
         <v>8645.2000000000007</v>
       </c>
       <c r="D15" s="15">
         <v>367.4</v>
       </c>
       <c r="E15" s="13">
         <v>17</v>
       </c>
       <c r="F15" s="14">
         <v>1943.3</v>
       </c>
       <c r="G15" s="15">
         <v>82.6</v>
       </c>
       <c r="H15" s="14">
         <v>15.7</v>
       </c>
       <c r="I15" s="16">
         <v>4054.8</v>
       </c>
       <c r="J15" s="17">
         <v>379.1</v>
       </c>
-      <c r="K15" s="68">
+      <c r="K15" s="67">
         <v>0.2</v>
       </c>
-      <c r="L15" s="69">
+      <c r="L15" s="68">
         <v>141.1</v>
       </c>
-      <c r="M15" s="70">
+      <c r="M15" s="69">
         <v>4.2</v>
       </c>
       <c r="N15" s="16">
         <v>0.1</v>
       </c>
       <c r="O15" s="16">
         <v>26.2</v>
       </c>
-      <c r="P15" s="42">
+      <c r="P15" s="41">
         <v>0.7</v>
       </c>
       <c r="Q15" s="20">
         <v>19.399999999999999</v>
       </c>
       <c r="R15" s="16">
         <v>8.1</v>
       </c>
-      <c r="S15" s="42">
+      <c r="S15" s="41">
         <v>573.79999999999995</v>
       </c>
     </row>
-    <row r="16" spans="1:19" s="46" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:19" s="45" customFormat="1" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A16" s="26" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="21">
         <v>169.8</v>
       </c>
       <c r="C16" s="22">
         <v>193983.7</v>
       </c>
       <c r="D16" s="23">
         <v>8244.6</v>
       </c>
       <c r="E16" s="21">
         <v>153</v>
       </c>
       <c r="F16" s="22">
         <v>39582.1</v>
       </c>
       <c r="G16" s="23">
         <v>1682.5</v>
       </c>
       <c r="H16" s="22">
         <v>137.5</v>
       </c>
       <c r="I16" s="22">
         <v>104923.7</v>
       </c>
       <c r="J16" s="23">
         <v>9811.7999999999993</v>
       </c>
-      <c r="K16" s="63">
+      <c r="K16" s="62">
         <v>2.1</v>
       </c>
-      <c r="L16" s="63">
+      <c r="L16" s="62">
         <v>3861.1</v>
       </c>
-      <c r="M16" s="63">
+      <c r="M16" s="62">
         <v>113.9</v>
       </c>
       <c r="N16" s="21">
         <v>0.3</v>
       </c>
       <c r="O16" s="22">
         <v>611.79999999999995</v>
       </c>
       <c r="P16" s="23">
         <v>15.6</v>
       </c>
       <c r="Q16" s="21">
         <v>172.2</v>
       </c>
       <c r="R16" s="22">
         <v>126.4</v>
       </c>
       <c r="S16" s="23">
         <v>16612.7</v>
       </c>
     </row>
-    <row r="17" spans="1:19" s="47" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>34</v>
+    <row r="17" spans="1:19" s="46" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A17" s="112" t="s">
+        <v>33</v>
       </c>
       <c r="B17" s="7"/>
       <c r="C17" s="7"/>
       <c r="D17" s="7"/>
       <c r="E17" s="7"/>
       <c r="F17" s="7"/>
       <c r="G17" s="7"/>
       <c r="H17" s="7"/>
       <c r="I17" s="8"/>
       <c r="J17" s="8"/>
       <c r="K17" s="8"/>
       <c r="L17" s="8"/>
       <c r="M17" s="8"/>
       <c r="N17" s="8"/>
       <c r="O17" s="8"/>
       <c r="Q17" s="8"/>
       <c r="R17" s="8"/>
     </row>
-    <row r="18" spans="1:19" s="47" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
-      <c r="A18" s="81" t="s">
+    <row r="18" spans="1:19" s="46" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A18" s="117" t="s">
+        <v>30</v>
+      </c>
+      <c r="B18" s="117"/>
+      <c r="C18" s="117"/>
+      <c r="D18" s="117"/>
+      <c r="E18" s="117"/>
+      <c r="F18" s="117"/>
+      <c r="G18" s="117"/>
+      <c r="H18" s="117"/>
+      <c r="I18" s="117"/>
+      <c r="J18" s="117"/>
+      <c r="K18" s="117"/>
+      <c r="L18" s="117"/>
+      <c r="M18" s="117"/>
+      <c r="N18" s="117"/>
+      <c r="O18" s="117"/>
+      <c r="P18" s="117"/>
+      <c r="Q18" s="117"/>
+      <c r="R18" s="117"/>
+      <c r="S18" s="117"/>
+    </row>
+    <row r="19" spans="1:19" s="46" customFormat="1" ht="11.25" x14ac:dyDescent="0.2">
+      <c r="A19" s="39" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19" s="70"/>
+      <c r="C19" s="70"/>
+      <c r="D19" s="70"/>
+      <c r="E19" s="70"/>
+      <c r="F19" s="70"/>
+      <c r="G19" s="70"/>
+      <c r="H19" s="70"/>
+    </row>
+    <row r="20" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A20" s="117" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="117"/>
+      <c r="C20" s="117"/>
+      <c r="D20" s="117"/>
+      <c r="E20" s="117"/>
+      <c r="F20" s="117"/>
+      <c r="G20" s="117"/>
+      <c r="H20" s="117"/>
+      <c r="I20" s="117"/>
+      <c r="J20" s="117"/>
+      <c r="K20" s="117"/>
+      <c r="L20" s="117"/>
+      <c r="M20" s="117"/>
+      <c r="N20" s="46"/>
+      <c r="O20" s="46"/>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="46"/>
+      <c r="R20" s="46"/>
+      <c r="S20" s="46"/>
+    </row>
+    <row r="21" spans="1:19" x14ac:dyDescent="0.2">
+      <c r="A21" s="117" t="s">
         <v>31</v>
       </c>
-      <c r="B18" s="81"/>
-[...68 lines deleted...]
-      <c r="M21" s="81"/>
+      <c r="B21" s="117"/>
+      <c r="C21" s="117"/>
+      <c r="D21" s="117"/>
+      <c r="E21" s="117"/>
+      <c r="F21" s="117"/>
+      <c r="G21" s="117"/>
+      <c r="H21" s="117"/>
+      <c r="I21" s="117"/>
+      <c r="J21" s="117"/>
+      <c r="K21" s="117"/>
+      <c r="L21" s="117"/>
+      <c r="M21" s="117"/>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="A18:S18"/>
     <mergeCell ref="A20:M20"/>
     <mergeCell ref="A21:M21"/>
     <mergeCell ref="A3:A5"/>
     <mergeCell ref="B3:J3"/>
     <mergeCell ref="K3:P3"/>
     <mergeCell ref="Q3:S4"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="E4:G4"/>
     <mergeCell ref="H4:J4"/>
     <mergeCell ref="K4:M4"/>
     <mergeCell ref="N4:P4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>10</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Plages nommées</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="14" baseType="lpstr">
+    <vt:vector size="15" baseType="lpstr">
       <vt:lpstr>a2015</vt:lpstr>
       <vt:lpstr>a2016</vt:lpstr>
       <vt:lpstr>a2017</vt:lpstr>
       <vt:lpstr>a2018</vt:lpstr>
       <vt:lpstr>a2019</vt:lpstr>
       <vt:lpstr>a2020</vt:lpstr>
       <vt:lpstr>a2021</vt:lpstr>
       <vt:lpstr>a2022</vt:lpstr>
       <vt:lpstr>a2023</vt:lpstr>
+      <vt:lpstr>a2024</vt:lpstr>
       <vt:lpstr>'a2015'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'a2016'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'a2017'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'a2018'!Zone_d_impression</vt:lpstr>
       <vt:lpstr>'a2019'!Zone_d_impression</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Direction Générale Des Impôts</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>bourret</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>